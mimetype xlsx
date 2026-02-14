--- v0 (2025-10-31)
+++ v1 (2026-02-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1407">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1390">
   <si>
     <t>Číslo soudního exekutora</t>
   </si>
   <si>
     <t>Titul před</t>
   </si>
   <si>
     <t>Příjmení</t>
   </si>
   <si>
     <t>Jméno</t>
   </si>
   <si>
     <t>Titul za</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Obvod</t>
   </si>
   <si>
     <t>Ulice</t>
   </si>
   <si>
@@ -146,4137 +146,4086 @@
   <si>
     <t>613 00</t>
   </si>
   <si>
     <t>Brno - sever</t>
   </si>
   <si>
     <t>miag789</t>
   </si>
   <si>
     <t>podatelna@exekutorblazkova.cz</t>
   </si>
   <si>
     <t>+420 542 220 200</t>
   </si>
   <si>
     <t>EN,DE</t>
   </si>
   <si>
     <t>https://www.exekutorblazkova.cz/</t>
   </si>
   <si>
     <t>3001101042/2700</t>
   </si>
   <si>
-    <t>007</t>
+    <t>008</t>
+  </si>
+  <si>
+    <t>Bronec</t>
+  </si>
+  <si>
+    <t>Milan</t>
+  </si>
+  <si>
+    <t>České Budějovice</t>
+  </si>
+  <si>
+    <t>Šumavská 17</t>
+  </si>
+  <si>
+    <t>370 01</t>
+  </si>
+  <si>
+    <t>64ug78z</t>
+  </si>
+  <si>
+    <t>urad@exekutor-cb.cz</t>
+  </si>
+  <si>
+    <t>+420 387 436 038</t>
+  </si>
+  <si>
+    <t>http://exekutor-cb.cz</t>
+  </si>
+  <si>
+    <t>75752573/0300</t>
+  </si>
+  <si>
+    <t>015</t>
   </si>
   <si>
     <t>Mgr.</t>
   </si>
   <si>
+    <t>Dolanský</t>
+  </si>
+  <si>
+    <t>Pavel</t>
+  </si>
+  <si>
+    <t>Beroun</t>
+  </si>
+  <si>
+    <t>Palackého 31/2</t>
+  </si>
+  <si>
+    <t>266 01</t>
+  </si>
+  <si>
+    <t>Beroun 1</t>
+  </si>
+  <si>
+    <t>m8dg8bj</t>
+  </si>
+  <si>
+    <t>podatelna@exekuceberoun.cz</t>
+  </si>
+  <si>
+    <t>+420 311 622 657</t>
+  </si>
+  <si>
+    <t>https://www.exekuceberoun.cz/</t>
+  </si>
+  <si>
+    <t>123-6332590227/0100</t>
+  </si>
+  <si>
+    <t>018</t>
+  </si>
+  <si>
+    <t>Černošková</t>
+  </si>
+  <si>
+    <t>Lenka</t>
+  </si>
+  <si>
+    <t>Prostějov</t>
+  </si>
+  <si>
+    <t>Dolní 71</t>
+  </si>
+  <si>
+    <t>796 01</t>
+  </si>
+  <si>
+    <t>99yg79e</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-prostejov.cz</t>
+  </si>
+  <si>
+    <t>+420 582 336 099</t>
+  </si>
+  <si>
+    <t>http://www.exekutor-prostejov.cz/</t>
+  </si>
+  <si>
+    <t>8900048567/5500, 86-3276870297/0100</t>
+  </si>
+  <si>
+    <t>019</t>
+  </si>
+  <si>
+    <t>Dvořáčková</t>
+  </si>
+  <si>
+    <t>Marcela</t>
+  </si>
+  <si>
+    <t>Hradec Králové</t>
+  </si>
+  <si>
+    <t>U Soudu 276</t>
+  </si>
+  <si>
+    <t>500 03</t>
+  </si>
+  <si>
+    <t>gj8g8c6</t>
+  </si>
+  <si>
+    <t>judr.dvorackova@seznam.cz</t>
+  </si>
+  <si>
+    <t>+ 420 495 523 205</t>
+  </si>
+  <si>
+    <t>http://www.exekuce-hk.cz/</t>
+  </si>
+  <si>
+    <t>175527509/0300</t>
+  </si>
+  <si>
+    <t>023</t>
+  </si>
+  <si>
+    <t>Franc</t>
+  </si>
+  <si>
+    <t>Jaromír</t>
+  </si>
+  <si>
+    <t>Jičín</t>
+  </si>
+  <si>
+    <t>Husova 64</t>
+  </si>
+  <si>
+    <t>506 01</t>
+  </si>
+  <si>
+    <t>nwgg8ev</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-jicin.cz</t>
+  </si>
+  <si>
+    <t>+420 491 513 990</t>
+  </si>
+  <si>
+    <t>http://exekutor-jicin.cz/</t>
+  </si>
+  <si>
+    <t>216826442/0300, 216826522/0300, 216826469/0300, 216826354/0300</t>
+  </si>
+  <si>
+    <t>024</t>
+  </si>
+  <si>
+    <t>Fučíková</t>
+  </si>
+  <si>
+    <t>Pavla</t>
+  </si>
+  <si>
+    <t>Ostrava</t>
+  </si>
+  <si>
+    <t>Slévárenská 410/14</t>
+  </si>
+  <si>
+    <t>709 00</t>
+  </si>
+  <si>
+    <t>Ostrava - Mariánské Hory</t>
+  </si>
+  <si>
+    <t>8g2g8en</t>
+  </si>
+  <si>
+    <t>podatelna@exekuce-ova.cz</t>
+  </si>
+  <si>
+    <t>+420 596 125 928</t>
+  </si>
+  <si>
+    <t>https://www.exekuce-ova.cz/</t>
+  </si>
+  <si>
+    <t>1035005113/5500,  oprávněný Česká televize: 1251007527/5500</t>
+  </si>
+  <si>
+    <t>027</t>
+  </si>
+  <si>
+    <t>Hauerland</t>
+  </si>
+  <si>
+    <t>Miloslav</t>
+  </si>
+  <si>
+    <t>Praha 5</t>
+  </si>
+  <si>
+    <t>Zborovská 1222/3</t>
+  </si>
+  <si>
+    <t>150 00</t>
+  </si>
+  <si>
+    <t>Praha 5 - Smíchov</t>
+  </si>
+  <si>
+    <t>kffg8gt</t>
+  </si>
+  <si>
+    <t>hauerland@urad-exekutora.cz</t>
+  </si>
+  <si>
+    <t>+420 257 312 641</t>
+  </si>
+  <si>
+    <t>http://www.urad-exekutora.cz</t>
+  </si>
+  <si>
+    <t>700290029/2700, 700290010/2700</t>
+  </si>
+  <si>
+    <t>031</t>
+  </si>
+  <si>
+    <t>Chaloupka</t>
+  </si>
+  <si>
+    <t>Roman</t>
+  </si>
+  <si>
+    <t>Mělník</t>
+  </si>
+  <si>
+    <t>Havlíčkova 329</t>
+  </si>
+  <si>
+    <t>276 01</t>
+  </si>
+  <si>
+    <t>ydug8h4</t>
+  </si>
+  <si>
+    <t>podatelna@soudniexekutor.cz</t>
+  </si>
+  <si>
+    <t>+ 420 315 629 999</t>
+  </si>
+  <si>
+    <t>http://www.soudniexekutor.cz/</t>
+  </si>
+  <si>
+    <t>35-8512010217/0100</t>
+  </si>
+  <si>
+    <t>032</t>
+  </si>
+  <si>
+    <t>Chovanec</t>
+  </si>
+  <si>
+    <t>Aleš</t>
+  </si>
+  <si>
+    <t>Opava</t>
+  </si>
+  <si>
+    <t>Veleslavínova 19</t>
+  </si>
+  <si>
+    <t>746 01</t>
+  </si>
+  <si>
+    <t>865g8hy</t>
+  </si>
+  <si>
+    <t>podatelna@exekutoropava.cz</t>
+  </si>
+  <si>
+    <t>+ 420 553 666 970</t>
+  </si>
+  <si>
+    <t>https://www.exekutoropava.cz</t>
+  </si>
+  <si>
+    <t>5015018820/5500</t>
+  </si>
+  <si>
+    <t>034</t>
+  </si>
+  <si>
+    <t>Jablonská</t>
+  </si>
+  <si>
+    <t>Eva</t>
+  </si>
+  <si>
+    <t>Praha 6</t>
+  </si>
+  <si>
+    <t>Slavíčkova 372/2</t>
+  </si>
+  <si>
+    <t>160 00</t>
+  </si>
+  <si>
+    <t>srpg8im</t>
+  </si>
+  <si>
+    <t>podatelna@uradexekutora.cz</t>
+  </si>
+  <si>
+    <t>+ 420 233 344 310</t>
+  </si>
+  <si>
+    <t>http://www.uradexekutora.cz/</t>
+  </si>
+  <si>
+    <t>638438028/5500, 638438060/5500, 638438079/5500</t>
+  </si>
+  <si>
+    <t>040</t>
+  </si>
+  <si>
+    <t>Košina</t>
+  </si>
+  <si>
+    <t>Kamil</t>
+  </si>
+  <si>
+    <t>Prachatice</t>
+  </si>
+  <si>
+    <t>Zdíkov 79</t>
+  </si>
+  <si>
+    <t>384 73</t>
+  </si>
+  <si>
+    <t>Stachy</t>
+  </si>
+  <si>
+    <t>tfsg8mx</t>
+  </si>
+  <si>
+    <t>kamil.kosina@seznam.cz</t>
+  </si>
+  <si>
+    <t>+420 388 311 061</t>
+  </si>
+  <si>
+    <t>DE,RU</t>
+  </si>
+  <si>
+    <t>http://www.exekutor-prachatice.cz/</t>
+  </si>
+  <si>
+    <t>285063450/0300</t>
+  </si>
+  <si>
+    <t>041</t>
+  </si>
+  <si>
+    <t>Dvořák</t>
+  </si>
+  <si>
+    <t>Miloš</t>
+  </si>
+  <si>
+    <t>Sokolov</t>
+  </si>
+  <si>
+    <t>Sportovní 562</t>
+  </si>
+  <si>
+    <t>357 33</t>
+  </si>
+  <si>
+    <t>Loket</t>
+  </si>
+  <si>
+    <t>rdhg8cy</t>
+  </si>
+  <si>
+    <t>podatelna@eusokolov.cz</t>
+  </si>
+  <si>
+    <t>+420 352 350 260</t>
+  </si>
+  <si>
+    <t>http://www.eusokolov.cz/</t>
+  </si>
+  <si>
+    <t>1669033036/5500</t>
+  </si>
+  <si>
+    <t>042</t>
+  </si>
+  <si>
+    <t>Kozáková</t>
+  </si>
+  <si>
+    <t>Ivana</t>
+  </si>
+  <si>
+    <t>Třebíč</t>
+  </si>
+  <si>
+    <t>Bráfova tř. 53</t>
+  </si>
+  <si>
+    <t>674 01</t>
+  </si>
+  <si>
+    <t>383g8mt</t>
+  </si>
+  <si>
+    <t>exekutorkozakova@eutrebic.cz</t>
+  </si>
+  <si>
+    <t>+420 568 841 641</t>
+  </si>
+  <si>
+    <t>https://www.eutrebic.cz/</t>
+  </si>
+  <si>
+    <t>1525435319/0800</t>
+  </si>
+  <si>
+    <t>043</t>
+  </si>
+  <si>
+    <t>Král</t>
+  </si>
+  <si>
+    <t>Jiří</t>
+  </si>
+  <si>
+    <t>MBA</t>
+  </si>
+  <si>
+    <t>Dvořákova 1515/2</t>
+  </si>
+  <si>
+    <t>702 00</t>
+  </si>
+  <si>
+    <t>c2cg8nj</t>
+  </si>
+  <si>
+    <t>podatelna@eurad-ova.cz</t>
+  </si>
+  <si>
+    <t>+420 596 126 600</t>
+  </si>
+  <si>
+    <t>https://www.eurad-ova.cz/</t>
+  </si>
+  <si>
+    <t>1035001489/5500</t>
+  </si>
+  <si>
+    <t>049</t>
+  </si>
+  <si>
+    <t>Fojtová</t>
+  </si>
+  <si>
+    <t>Pelhřimov</t>
+  </si>
+  <si>
+    <t>Pražská 1948</t>
+  </si>
+  <si>
+    <t>393 01</t>
+  </si>
+  <si>
+    <t>d47g8e3</t>
+  </si>
+  <si>
+    <t>jfojtova@exekutorpelhrimov.cz</t>
+  </si>
+  <si>
+    <t>+420 565 333 421</t>
+  </si>
+  <si>
+    <t>https://www.exekutorpelhrimov.cz/</t>
+  </si>
+  <si>
+    <t>78-0087090247/0100</t>
+  </si>
+  <si>
+    <t>050</t>
+  </si>
+  <si>
+    <t>Molák</t>
+  </si>
+  <si>
+    <t>Stanislav</t>
+  </si>
+  <si>
+    <t>Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t>Bělohradská 299</t>
+  </si>
+  <si>
+    <t>580 01</t>
+  </si>
+  <si>
+    <t>4w6g8q5</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor.cz</t>
+  </si>
+  <si>
+    <t>+420 569 420 480</t>
+  </si>
+  <si>
+    <t>https://www.exekutor.cz/</t>
+  </si>
+  <si>
+    <t>175876370/0300, 283599497/0300, 1251007535/5500</t>
+  </si>
+  <si>
+    <t>055</t>
+  </si>
+  <si>
+    <t>Němec</t>
+  </si>
+  <si>
+    <t>Luděk</t>
+  </si>
+  <si>
+    <t>Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Cihelní 14</t>
+  </si>
+  <si>
+    <t>360 06</t>
+  </si>
+  <si>
+    <t>Karlovy Vary - Dvory</t>
+  </si>
+  <si>
+    <t>xazg8rn</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-kv.cz</t>
+  </si>
+  <si>
+    <t>https://exekutor-kv.cz/</t>
+  </si>
+  <si>
+    <t>266390376/0300</t>
+  </si>
+  <si>
+    <t>064</t>
+  </si>
+  <si>
+    <t>Peške</t>
+  </si>
+  <si>
+    <t>Plzeň - sever</t>
+  </si>
+  <si>
+    <t>Jateční 2850/45</t>
+  </si>
+  <si>
+    <t>301 00</t>
+  </si>
+  <si>
+    <t>Plzeň 4</t>
+  </si>
+  <si>
+    <t>xy4g8ux</t>
+  </si>
+  <si>
+    <t>jpeske@volny.cz</t>
+  </si>
+  <si>
+    <t>+420 377 235 155</t>
+  </si>
+  <si>
+    <t>https://exekutor-plzen.cz/</t>
+  </si>
+  <si>
+    <t>5003200676/5500</t>
+  </si>
+  <si>
+    <t>067</t>
+  </si>
+  <si>
+    <t>Podkonický</t>
+  </si>
+  <si>
+    <t>Juraj</t>
+  </si>
+  <si>
+    <t>Evropská 663/132</t>
+  </si>
+  <si>
+    <t>scxg8vg</t>
+  </si>
+  <si>
+    <t>e-podatelna@exekuce.eu</t>
+  </si>
+  <si>
+    <t>+420 255 702 060</t>
+  </si>
+  <si>
+    <t>EN,SK,RU,FR</t>
+  </si>
+  <si>
+    <t>https://www.exekuce.eu/</t>
+  </si>
+  <si>
+    <t>284812237/0300</t>
+  </si>
+  <si>
+    <t>070</t>
+  </si>
+  <si>
+    <t>Pospíchal</t>
+  </si>
+  <si>
+    <t>Tomáš</t>
+  </si>
+  <si>
+    <t>Nymburk</t>
+  </si>
+  <si>
+    <t>28. října 1474/20</t>
+  </si>
+  <si>
+    <t>288 02</t>
+  </si>
+  <si>
+    <t>vh3g8wv</t>
+  </si>
+  <si>
+    <t>info@exekutornymburk.cz</t>
+  </si>
+  <si>
+    <t>+420 325 516 718</t>
+  </si>
+  <si>
+    <t>http://www.exekutornymburk.cz/</t>
+  </si>
+  <si>
+    <t>51-7254710207/0100, 51-5775610237/0100 (OPRÁVNĚNÝ OSPEN)</t>
+  </si>
+  <si>
+    <t>074</t>
+  </si>
+  <si>
+    <t>Koncz</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Cheb</t>
+  </si>
+  <si>
+    <t>26. dubna 10</t>
+  </si>
+  <si>
+    <t>350 02</t>
+  </si>
+  <si>
+    <t>9u8g8ka</t>
+  </si>
+  <si>
+    <t>podatelna@eucheb.cz</t>
+  </si>
+  <si>
+    <t>+ 420 355 318 111</t>
+  </si>
+  <si>
+    <t>https://www.eucheb.cz/</t>
+  </si>
+  <si>
+    <t>1023019753/5500</t>
+  </si>
+  <si>
+    <t>078</t>
+  </si>
+  <si>
+    <t>Sedláčková</t>
+  </si>
+  <si>
+    <t>Jaromíra</t>
+  </si>
+  <si>
+    <t>Příbram</t>
+  </si>
+  <si>
+    <t>Březnická 89</t>
+  </si>
+  <si>
+    <t>261 01</t>
+  </si>
+  <si>
+    <t>Příbram IV</t>
+  </si>
+  <si>
+    <t>cmkg8zf</t>
+  </si>
+  <si>
+    <t>urad@exekutorpribram.cz</t>
+  </si>
+  <si>
+    <t>+ 420 602 245 576 (pouze SMS)</t>
+  </si>
+  <si>
+    <t>http://exekutorpribram.cz/</t>
+  </si>
+  <si>
+    <t>2005896036/5500</t>
+  </si>
+  <si>
+    <t>079</t>
+  </si>
+  <si>
+    <t>Sárová</t>
+  </si>
+  <si>
+    <t>Marie</t>
+  </si>
+  <si>
+    <t>Jihlava</t>
+  </si>
+  <si>
+    <t>Plukovníka Švece 1528/8</t>
+  </si>
+  <si>
+    <t>586 01</t>
+  </si>
+  <si>
+    <t>3ubg8yk</t>
+  </si>
+  <si>
+    <t>urad@exekucejihlava.cz</t>
+  </si>
+  <si>
+    <t>+420 567 310 211</t>
+  </si>
+  <si>
+    <t>https://exekucejihlava.cz/</t>
+  </si>
+  <si>
+    <t>1014042556/5500</t>
+  </si>
+  <si>
+    <t>091</t>
+  </si>
+  <si>
+    <t>Švecová</t>
+  </si>
+  <si>
+    <t>Ingrid</t>
+  </si>
+  <si>
+    <t>Praha 3</t>
+  </si>
+  <si>
+    <t>Vinohradská 1632/180</t>
+  </si>
+  <si>
+    <t>130 00</t>
+  </si>
+  <si>
+    <t>m4yg84m</t>
+  </si>
+  <si>
+    <t>info@exekucerychle.cz</t>
+  </si>
+  <si>
+    <t>+ 420 224 920 094</t>
+  </si>
+  <si>
+    <t>EN,DE,FR</t>
+  </si>
+  <si>
+    <t>https://www.exekucerychle.cz</t>
+  </si>
+  <si>
+    <t>2102532787/2700</t>
+  </si>
+  <si>
+    <t>093</t>
+  </si>
+  <si>
+    <t>Tomek</t>
+  </si>
+  <si>
+    <t>Bráfova tř. 471/58</t>
+  </si>
+  <si>
+    <t>wv9g84h</t>
+  </si>
+  <si>
+    <t>epodatelna@exekutortrebic.cz</t>
+  </si>
+  <si>
+    <t>+420 777 123 040</t>
+  </si>
+  <si>
+    <t>https://www.exekutortrebic.cz/</t>
+  </si>
+  <si>
+    <t>511073017/2700</t>
+  </si>
+  <si>
+    <t>094</t>
+  </si>
+  <si>
+    <t>Tunkl</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Plzeň - město</t>
+  </si>
+  <si>
+    <t>Palackého náměstí 28</t>
+  </si>
+  <si>
+    <t>Plzeň</t>
+  </si>
+  <si>
+    <t>7pig84c</t>
+  </si>
+  <si>
+    <t>epodatelnatunkl@exekutori-online.cz</t>
+  </si>
+  <si>
+    <t>+420 378 229 711</t>
+  </si>
+  <si>
+    <t>https://www.exekutori-online.cz</t>
+  </si>
+  <si>
+    <t>1033003851/5500; 8638555036/5500</t>
+  </si>
+  <si>
+    <t>095</t>
+  </si>
+  <si>
+    <t>Tvrdková</t>
+  </si>
+  <si>
+    <t>Praha 4</t>
+  </si>
+  <si>
+    <t>Hornokrčská 651/27</t>
+  </si>
+  <si>
+    <t>140 00</t>
+  </si>
+  <si>
+    <t>ggtg856</t>
+  </si>
+  <si>
+    <t>exekutorskyurad@tvrdkova.cz</t>
+  </si>
+  <si>
+    <t>+420 244 400 604</t>
+  </si>
+  <si>
+    <t>http://www.tvrdkova.cz/</t>
+  </si>
+  <si>
+    <t>2102286002/2700, 6059690111/6000 (pouze pro dražby)</t>
+  </si>
+  <si>
+    <t>097</t>
+  </si>
+  <si>
+    <t>Urban</t>
+  </si>
+  <si>
+    <t>Karel</t>
+  </si>
+  <si>
+    <t>Minská 54</t>
+  </si>
+  <si>
+    <t>616 00</t>
+  </si>
+  <si>
+    <t>Brno - Žabovřesky</t>
+  </si>
+  <si>
+    <t>z3dg85u</t>
+  </si>
+  <si>
+    <t>urad@exekutorurban.cz</t>
+  </si>
+  <si>
+    <t>+ 420 545 215 006</t>
+  </si>
+  <si>
+    <t>https://www.exekutorurban.cz/</t>
+  </si>
+  <si>
+    <t>2051859359/0800, 266003057/0300 (exekuce zahájené po 1.10.2014)</t>
+  </si>
+  <si>
+    <t>098</t>
+  </si>
+  <si>
+    <t>Usnul</t>
+  </si>
+  <si>
+    <t>Praha 9</t>
+  </si>
+  <si>
+    <t>Bryksova 763/46</t>
+  </si>
+  <si>
+    <t>198 00</t>
+  </si>
+  <si>
+    <t>Praha 9 - Černý Most</t>
+  </si>
+  <si>
+    <t>aung86n</t>
+  </si>
+  <si>
+    <t>podatelna@ep9.cz</t>
+  </si>
+  <si>
+    <t>+420 246 035 760</t>
+  </si>
+  <si>
+    <t>RU,ES</t>
+  </si>
+  <si>
+    <t>http://www.ep9.cz/</t>
+  </si>
+  <si>
+    <t>700015078/2700, 700015019/2700 (pro dražby), 1002444654/2700 (pro dražby)</t>
+  </si>
+  <si>
+    <t>099</t>
+  </si>
+  <si>
+    <t>Luhan</t>
+  </si>
+  <si>
+    <t>Ivo</t>
+  </si>
+  <si>
+    <t>Praha 1</t>
+  </si>
+  <si>
+    <t>Karlovo nám. 17</t>
+  </si>
+  <si>
+    <t>120 00</t>
+  </si>
+  <si>
+    <t>Praha 2</t>
+  </si>
+  <si>
+    <t>f7gg8py</t>
+  </si>
+  <si>
+    <t>praha@exekutori.com</t>
+  </si>
+  <si>
+    <t>+420 296 333 728</t>
+  </si>
+  <si>
+    <t>https://www.exekutori.com/</t>
+  </si>
+  <si>
+    <t>99999036/5500</t>
+  </si>
+  <si>
+    <t>Vlček</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Praha 7</t>
+  </si>
+  <si>
+    <t>Vrchlabská 28/17</t>
+  </si>
+  <si>
+    <t>197 00</t>
+  </si>
+  <si>
+    <t>Praha 9 – Kbely</t>
+  </si>
+  <si>
+    <t>ue8g86f</t>
+  </si>
+  <si>
+    <t>podatelna@dvlcek.eu</t>
+  </si>
+  <si>
+    <t>https://www.dvlcek.eu/</t>
+  </si>
+  <si>
+    <t>19-2785860287/0100</t>
+  </si>
+  <si>
+    <t>Wolfová</t>
+  </si>
+  <si>
+    <t>Jitka</t>
+  </si>
+  <si>
+    <t>Radyňská 9</t>
+  </si>
+  <si>
+    <t>326 00</t>
+  </si>
+  <si>
+    <t>8dmg87n</t>
+  </si>
+  <si>
+    <t>e-podatelna@soudniexekutor.com</t>
+  </si>
+  <si>
+    <t>+420 377 449 457</t>
+  </si>
+  <si>
+    <t>EN,FR</t>
+  </si>
+  <si>
+    <t>http://www.soudniexekutor.com/</t>
+  </si>
+  <si>
+    <t>174407484/0300, 1251006815/5500 (oprávněný Česká televize), 233541588/0300 (oprávněný Dopravní podnik hl. města Prahy)</t>
+  </si>
+  <si>
+    <t>Zítka</t>
+  </si>
+  <si>
+    <t>Zdeněk</t>
+  </si>
+  <si>
+    <t>rx7g88c</t>
+  </si>
+  <si>
+    <t>epodatelnazitka@exekutori-online.cz</t>
+  </si>
+  <si>
+    <t>https://www.exekutori-online.cz/</t>
+  </si>
+  <si>
+    <t>1013044568/5500</t>
+  </si>
+  <si>
+    <t>Svoboda</t>
+  </si>
+  <si>
+    <t>Teplice</t>
+  </si>
+  <si>
+    <t>Husitská 692/3</t>
+  </si>
+  <si>
+    <t>415 01</t>
+  </si>
+  <si>
+    <t>96jg82e</t>
+  </si>
+  <si>
+    <t>E-Podatelna@exekutorskyurad.cz</t>
+  </si>
+  <si>
+    <t>+420 776 078 767</t>
+  </si>
+  <si>
+    <t>https://www.exekutorskyurad.cz</t>
+  </si>
+  <si>
+    <t>2108571269/2700, 2108571306/2700 (pouze pro dražby)</t>
+  </si>
+  <si>
+    <t>Olma</t>
+  </si>
+  <si>
+    <t>Igor</t>
+  </si>
+  <si>
+    <t>Svitavy</t>
+  </si>
+  <si>
+    <t>nám. Míru 53</t>
+  </si>
+  <si>
+    <t>568 02</t>
+  </si>
+  <si>
+    <t>rnug8s6</t>
+  </si>
+  <si>
+    <t>svitavy@soudni-exekutori.cz</t>
+  </si>
+  <si>
+    <t>+420 461 311 104</t>
+  </si>
+  <si>
+    <t>https://www.exekutorolma.cz/</t>
+  </si>
+  <si>
+    <t>1285355319/0800</t>
+  </si>
+  <si>
+    <t>Pánek</t>
+  </si>
+  <si>
+    <t>Děčín</t>
+  </si>
+  <si>
+    <t>Prokopa Holého 130/15</t>
+  </si>
+  <si>
+    <t>405 02</t>
+  </si>
+  <si>
+    <t>a9eg8ts</t>
+  </si>
+  <si>
+    <t>podatelna@exekutordecin.cz</t>
+  </si>
+  <si>
+    <t>+420 412 530 303</t>
+  </si>
+  <si>
+    <t>http://www.exekutordecin.cz</t>
+  </si>
+  <si>
+    <t>78-5255360297/0100</t>
+  </si>
+  <si>
+    <t>Komínková</t>
+  </si>
+  <si>
+    <t>Zuzana</t>
+  </si>
+  <si>
+    <t>Vyškov</t>
+  </si>
+  <si>
+    <t>Nerudova 8</t>
+  </si>
+  <si>
+    <t>682 01</t>
+  </si>
+  <si>
+    <t>y3xg8ke</t>
+  </si>
+  <si>
+    <t>podatelna@soudni-exekutor.cz</t>
+  </si>
+  <si>
+    <t>+420 517 330 510</t>
+  </si>
+  <si>
+    <t>https://www.soudni-exekutor.cz/</t>
+  </si>
+  <si>
+    <t>43-1109780287/0100, 43-1109850257/0100 (dražby)</t>
+  </si>
+  <si>
+    <t>Elfmarková</t>
+  </si>
+  <si>
+    <t>Monika</t>
+  </si>
+  <si>
+    <t>K Beránku 3</t>
+  </si>
+  <si>
+    <t>143 00</t>
+  </si>
+  <si>
+    <t>z6sg8cu</t>
+  </si>
+  <si>
+    <t>epodatelna@exekutor.info</t>
+  </si>
+  <si>
+    <t>+420 261 222 658</t>
+  </si>
+  <si>
+    <t>https://www.exekutor.info</t>
+  </si>
+  <si>
+    <t>51-1416680227/0100,  43-4443710237/0100 (oprávněný Fidentia s.r.o.)</t>
+  </si>
+  <si>
+    <t>Jindra</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>LL.M.</t>
+  </si>
+  <si>
+    <t>Semily</t>
+  </si>
+  <si>
+    <t>Antonína Dvořáka 326</t>
+  </si>
+  <si>
+    <t>511 01</t>
+  </si>
+  <si>
+    <t>Turnov</t>
+  </si>
+  <si>
+    <t>k5ig8j5</t>
+  </si>
+  <si>
+    <t>podatelna@exekutorsemily.cz</t>
+  </si>
+  <si>
+    <t>+420 481 311 278</t>
+  </si>
+  <si>
+    <t>https://exekutorsemily.cz/</t>
+  </si>
+  <si>
+    <t>9516062 / 0800</t>
+  </si>
+  <si>
+    <t>Mika</t>
+  </si>
+  <si>
+    <t>Dalimil</t>
+  </si>
+  <si>
+    <t>Klatovy</t>
+  </si>
+  <si>
+    <t>Za Beránkem 836</t>
+  </si>
+  <si>
+    <t>339 01</t>
+  </si>
+  <si>
+    <t>jckg8qd</t>
+  </si>
+  <si>
+    <t>kancelar@euk.cz</t>
+  </si>
+  <si>
+    <t>+420 376 310 088</t>
+  </si>
+  <si>
+    <t>http://www.euk.cz</t>
+  </si>
+  <si>
+    <t>209439719/0300</t>
+  </si>
+  <si>
+    <t>Flajšhansová</t>
+  </si>
+  <si>
+    <t>Vendula</t>
+  </si>
+  <si>
+    <t>Divadelní 2728/3a</t>
+  </si>
+  <si>
+    <t>5bwg8d9</t>
+  </si>
+  <si>
+    <t>podatelna@exekutori.com</t>
+  </si>
+  <si>
+    <t>+420 377 532 479</t>
+  </si>
+  <si>
+    <t>1981027001/5500</t>
+  </si>
+  <si>
+    <t>Kroměříž</t>
+  </si>
+  <si>
+    <t>Jánská 25/1</t>
+  </si>
+  <si>
+    <t>767 01</t>
+  </si>
+  <si>
+    <t>pkjg8h8</t>
+  </si>
+  <si>
+    <t>podatelna@exekuce-kromeriz.cz</t>
+  </si>
+  <si>
+    <t>+420 573 330 531</t>
+  </si>
+  <si>
+    <t>http://www.exekuce-kromeriz.cz/</t>
+  </si>
+  <si>
+    <t>1833311369/0800</t>
+  </si>
+  <si>
+    <t>Cink</t>
+  </si>
+  <si>
+    <t>Libor</t>
+  </si>
+  <si>
+    <t>Břeclav</t>
+  </si>
+  <si>
+    <t>nám. T. G. Masaryka 17</t>
+  </si>
+  <si>
+    <t>690 02</t>
+  </si>
+  <si>
+    <t>qpeg79n</t>
+  </si>
+  <si>
+    <t>info@exekutorbreclav.cz</t>
+  </si>
+  <si>
+    <t>+420 519 322 060</t>
+  </si>
+  <si>
+    <t>https://exekutorbreclav.cz/</t>
+  </si>
+  <si>
+    <t>210000519/0300, 282303666/0300</t>
+  </si>
+  <si>
+    <t>Mareš</t>
+  </si>
+  <si>
+    <t>Ondřej</t>
+  </si>
+  <si>
+    <t>Litoměřice</t>
+  </si>
+  <si>
+    <t>Masarykova 679/33</t>
+  </si>
+  <si>
+    <t>412 01</t>
+  </si>
+  <si>
+    <t>ajbg8qh</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-ltm.cz</t>
+  </si>
+  <si>
+    <t>+420 416 732 472</t>
+  </si>
+  <si>
+    <t>https://www.exekutor-ltm.cz/</t>
+  </si>
+  <si>
+    <t>194612135/0300</t>
+  </si>
+  <si>
+    <t>Glogrová</t>
+  </si>
+  <si>
+    <t>Iveta</t>
+  </si>
+  <si>
+    <t>Vinohradská 58/1188</t>
+  </si>
+  <si>
+    <t>Praha 3 - Vinohrady</t>
+  </si>
+  <si>
+    <t>r3kg8fa</t>
+  </si>
+  <si>
+    <t>glogrova@exekutor-praha4.cz</t>
+  </si>
+  <si>
+    <t>+420 222 542 875</t>
+  </si>
+  <si>
+    <t>http://www.exekutor-praha4.cz/</t>
+  </si>
+  <si>
+    <t>198768452/0300, 2106755689/2700</t>
+  </si>
+  <si>
+    <t>Jaroš</t>
+  </si>
+  <si>
+    <t>Petr</t>
+  </si>
+  <si>
+    <t>Chrudim</t>
+  </si>
+  <si>
+    <t>Škroupova 150</t>
+  </si>
+  <si>
+    <t>537 01</t>
+  </si>
+  <si>
+    <t>cb9g8jb</t>
+  </si>
+  <si>
+    <t>info@exekucejaros.cz</t>
+  </si>
+  <si>
+    <t>+420 469 623 238</t>
+  </si>
+  <si>
+    <t>https://www.exekucejaros.cz/</t>
+  </si>
+  <si>
+    <t>176974028/0600</t>
+  </si>
+  <si>
+    <t>Paraska</t>
+  </si>
+  <si>
+    <t>Most</t>
+  </si>
+  <si>
+    <t>Jaroslava Seiferta 2159/7/blok 58</t>
+  </si>
+  <si>
+    <t>434 01</t>
+  </si>
+  <si>
+    <t>j2pg8tn</t>
+  </si>
+  <si>
+    <t>urad@exekucemost.cz</t>
+  </si>
+  <si>
+    <t>+420 476 700 465</t>
+  </si>
+  <si>
+    <t>https://www.exekucemost.cz/</t>
+  </si>
+  <si>
+    <t>2273313001/5500</t>
+  </si>
+  <si>
+    <t>Polanský</t>
+  </si>
+  <si>
+    <t>Liberec</t>
+  </si>
+  <si>
+    <t>Voroněžská 144/20</t>
+  </si>
+  <si>
+    <t>460 01</t>
+  </si>
+  <si>
+    <t>bxhg8w4</t>
+  </si>
+  <si>
+    <t>urad@exekuceliberec.cz</t>
+  </si>
+  <si>
+    <t>+420 485 104 163</t>
+  </si>
+  <si>
+    <t>https://www.exekuceliberec.cz</t>
+  </si>
+  <si>
+    <t>35-8960490277/0100, 1251006890/5500 (oprávněný Česká televize)</t>
+  </si>
+  <si>
+    <t>Fendrych</t>
+  </si>
+  <si>
+    <t>Zenklova 2530/23</t>
+  </si>
+  <si>
+    <t>180 00</t>
+  </si>
+  <si>
+    <t>Praha 8</t>
+  </si>
+  <si>
+    <t>jrcg8dh</t>
+  </si>
+  <si>
+    <t>podatelna@exekucni-urad.cz</t>
+  </si>
+  <si>
+    <t>https://www.se.cz/</t>
+  </si>
+  <si>
+    <t>6146323379/0800</t>
+  </si>
+  <si>
+    <t>Vojtěch</t>
+  </si>
+  <si>
+    <t>Znojmo</t>
+  </si>
+  <si>
+    <t>Rooseveltova 2</t>
+  </si>
+  <si>
+    <t>669 02</t>
+  </si>
+  <si>
+    <t>3iyg8ih</t>
+  </si>
+  <si>
+    <t>podatelna@euznojmo.cz</t>
+  </si>
+  <si>
+    <t>+420 515 222 208</t>
+  </si>
+  <si>
+    <t>https://www.euznojmo.cz/</t>
+  </si>
+  <si>
+    <t>1475580058/2700, 1475580066/2700</t>
+  </si>
+  <si>
+    <t>Mgr. Ing.</t>
+  </si>
+  <si>
+    <t>Prošek</t>
+  </si>
+  <si>
+    <t>Dominikánská 8</t>
+  </si>
+  <si>
+    <t>pvwg8xd</t>
+  </si>
+  <si>
+    <t>info@exekutors.cz</t>
+  </si>
+  <si>
+    <t>+420 377 464 009</t>
+  </si>
+  <si>
+    <t>https://www.exekutors.cz</t>
+  </si>
+  <si>
+    <t>2129000/5800</t>
+  </si>
+  <si>
+    <t>Peroutka</t>
+  </si>
+  <si>
+    <t>Chomutov</t>
+  </si>
+  <si>
+    <t>Revoluční 48</t>
+  </si>
+  <si>
+    <t>430 01</t>
+  </si>
+  <si>
+    <t>n7tg8u3</t>
+  </si>
+  <si>
+    <t>info@exekucecv.cz</t>
+  </si>
+  <si>
+    <t>+420 474 335 579</t>
+  </si>
+  <si>
+    <t>https://www.exekucecv.cz/</t>
+  </si>
+  <si>
+    <t>3994315001/5500 (pro spisy EX 01/09 až EX 3177/18), 100200755/5500 (od spisů EX 3178/18 a dále), 1311827042/2700 (pouze spisy převzaté od exekutora Křivánka)</t>
+  </si>
+  <si>
+    <t>Pospíšil</t>
+  </si>
+  <si>
+    <t>Vratislav</t>
+  </si>
+  <si>
+    <t>Ústí nad Labem</t>
+  </si>
+  <si>
+    <t>Velká Hradební 484/2</t>
+  </si>
+  <si>
+    <t>400 01</t>
+  </si>
+  <si>
+    <t>6bcg8wp</t>
+  </si>
+  <si>
+    <t>podatelna@exekuceusti.cz</t>
+  </si>
+  <si>
+    <t>+420 475 208 283</t>
+  </si>
+  <si>
+    <t>https://www.exekuceusti.cz/</t>
+  </si>
+  <si>
+    <t>2102150308/2700</t>
+  </si>
+  <si>
+    <t>Kocián</t>
+  </si>
+  <si>
+    <t>Brno - venkov</t>
+  </si>
+  <si>
+    <t>Veveří 125</t>
+  </si>
+  <si>
+    <t>616 45</t>
+  </si>
+  <si>
+    <t>Brno</t>
+  </si>
+  <si>
+    <t>fhdg8kn</t>
+  </si>
+  <si>
+    <t>podatelna@exekutorbrno.cz</t>
+  </si>
+  <si>
+    <t>+420 544 508 311</t>
+  </si>
+  <si>
+    <t>https://www.exekutorbrno.cz/</t>
+  </si>
+  <si>
+    <t>129886578/0300</t>
+  </si>
+  <si>
+    <t>Kubis</t>
+  </si>
+  <si>
+    <t>Marcel</t>
+  </si>
+  <si>
+    <t>Šumperk</t>
+  </si>
+  <si>
+    <t>Masarykovo náměstí 4/44</t>
+  </si>
+  <si>
+    <t>789 01</t>
+  </si>
+  <si>
+    <t>Zábřeh</t>
+  </si>
+  <si>
+    <t>9ikgf4b</t>
+  </si>
+  <si>
+    <t>urad@exekucesumperk.cz</t>
+  </si>
+  <si>
+    <t>+420 583 550 263</t>
+  </si>
+  <si>
+    <t>https://www.exekucesumperk.cz/</t>
+  </si>
+  <si>
+    <t>43-5540710217/0100</t>
+  </si>
+  <si>
+    <t>Vedral</t>
+  </si>
+  <si>
+    <t>Evropská 657/120</t>
+  </si>
+  <si>
+    <t>Praha 6 - Dejvice</t>
+  </si>
+  <si>
+    <t>epcnpr7</t>
+  </si>
+  <si>
+    <t>info@eupraha3.cz</t>
+  </si>
+  <si>
+    <t>+420 211 150 206</t>
+  </si>
+  <si>
+    <t>https://www.eupraha3.cz/</t>
+  </si>
+  <si>
+    <t>7011029599/5500</t>
+  </si>
+  <si>
+    <t>Pajer</t>
+  </si>
+  <si>
+    <t>Tachov</t>
+  </si>
+  <si>
+    <t>Vilémovská 1602</t>
+  </si>
+  <si>
+    <t>347 01</t>
+  </si>
+  <si>
+    <t>hxzq6yu</t>
+  </si>
+  <si>
+    <t>podatelna@exekutortachov.cz</t>
+  </si>
+  <si>
+    <t>+420 373 700 840</t>
+  </si>
+  <si>
+    <t>https://www.exekutortachov.cz/</t>
+  </si>
+  <si>
+    <t>5003210065/5500</t>
+  </si>
+  <si>
+    <t>Kocinec</t>
+  </si>
+  <si>
+    <t>Jaroslav</t>
+  </si>
+  <si>
+    <t>Frýdek - Místek</t>
+  </si>
+  <si>
+    <t>Farní 19</t>
+  </si>
+  <si>
+    <t>738 01</t>
+  </si>
+  <si>
+    <t>Frýdek-Místek</t>
+  </si>
+  <si>
+    <t>593q955</t>
+  </si>
+  <si>
+    <t>podatelna@kocinec.eu</t>
+  </si>
+  <si>
+    <t>+420 776 047 050</t>
+  </si>
+  <si>
+    <t>EN,DE,RU,PL</t>
+  </si>
+  <si>
+    <t>http://www.kocinec.eu/</t>
+  </si>
+  <si>
+    <t>2104403698/2700, 2105638229/2700 (pro platby v EUR), 2108372358/2700 (pro platby v PLN)</t>
+  </si>
+  <si>
+    <t>Trojanovský</t>
+  </si>
+  <si>
+    <t>tř. T. G. Masaryka 1108</t>
+  </si>
+  <si>
+    <t>94dniqp</t>
+  </si>
+  <si>
+    <t>podatelna@exekutorskyurad.net</t>
+  </si>
+  <si>
+    <t>+420 558 438 091</t>
+  </si>
+  <si>
+    <t>http://www.exekutorskyurad.net/</t>
+  </si>
+  <si>
+    <t>197645653/0600, 222038979/0600 (pouze dražby)</t>
+  </si>
+  <si>
+    <t>Zwiefelhofer</t>
+  </si>
+  <si>
+    <t>Ringhofferova 115/1</t>
+  </si>
+  <si>
+    <t>155 21</t>
+  </si>
+  <si>
+    <t>Praha-Zličín</t>
+  </si>
+  <si>
+    <t>q3fpa3p</t>
+  </si>
+  <si>
+    <t>podatelna@eupha3.cz</t>
+  </si>
+  <si>
+    <t>+420 212 341 341</t>
+  </si>
+  <si>
+    <t>https://www.eupha3.cz/</t>
+  </si>
+  <si>
+    <t>236706237/0300</t>
+  </si>
+  <si>
+    <t>Sekyrka</t>
+  </si>
+  <si>
+    <t>Hynek</t>
+  </si>
+  <si>
+    <t>Bryksova 818/48</t>
+  </si>
+  <si>
+    <t>Praha 14</t>
+  </si>
+  <si>
+    <t>ieft5qt</t>
+  </si>
+  <si>
+    <t>posta@eupraha1.cz</t>
+  </si>
+  <si>
+    <t>+420 284 684 313</t>
+  </si>
+  <si>
+    <t>http://eupraha1.cz/</t>
+  </si>
+  <si>
+    <t>2489911369/0800</t>
+  </si>
+  <si>
+    <t>Bulvas</t>
+  </si>
+  <si>
+    <t>Jablonecká 322/72</t>
+  </si>
+  <si>
+    <t>190 00</t>
+  </si>
+  <si>
+    <t>cehtqyt</t>
+  </si>
+  <si>
+    <t>podatelna@exekutorpraha1.cz</t>
+  </si>
+  <si>
+    <t>+420 220 770 146</t>
+  </si>
+  <si>
+    <t>https://www.exekutorpraha1.cz/</t>
+  </si>
+  <si>
+    <t>199766547/0600</t>
+  </si>
+  <si>
+    <t>Hanák</t>
+  </si>
+  <si>
+    <t>Malátova 645/18</t>
+  </si>
+  <si>
+    <t>gqeswhz</t>
+  </si>
+  <si>
+    <t>podatelna@eupraha5.cz</t>
+  </si>
+  <si>
+    <t>+ 420 251 551 860</t>
+  </si>
+  <si>
+    <t>https://eupraha5.webnode.cz/</t>
+  </si>
+  <si>
+    <t>2105785472/2700</t>
+  </si>
+  <si>
+    <t>Vybíral</t>
+  </si>
+  <si>
+    <t>Vítězné náměstí 10/829</t>
+  </si>
+  <si>
+    <t>ityucxp</t>
+  </si>
+  <si>
+    <t>podatelna@exekutorpraha6.cz</t>
+  </si>
+  <si>
+    <t>+420 220 561 160</t>
+  </si>
+  <si>
+    <t>https://www.exekutorpraha6.cz</t>
+  </si>
+  <si>
+    <t>2108472965/2700, 2108617079/2700 (pouze pro dražby)</t>
+  </si>
+  <si>
+    <t>Erbert</t>
+  </si>
+  <si>
+    <t>Praha - východ</t>
+  </si>
+  <si>
+    <t>Milešovská 1326/4</t>
+  </si>
+  <si>
+    <t>4d8shnc</t>
+  </si>
+  <si>
+    <t>podatelna@euprahavychod.cz</t>
+  </si>
+  <si>
+    <t>+420 222 950 829</t>
+  </si>
+  <si>
+    <t>http://www.euprahavychod.cz/</t>
+  </si>
+  <si>
+    <t>213405802/0600</t>
+  </si>
+  <si>
+    <t>JUDr. Ing.</t>
+  </si>
+  <si>
+    <t>Kučera</t>
+  </si>
+  <si>
+    <t>Kladno</t>
+  </si>
+  <si>
+    <t>nám. starosty Pavla 5</t>
+  </si>
+  <si>
+    <t>272 01</t>
+  </si>
+  <si>
+    <t>h4kswpm</t>
+  </si>
+  <si>
+    <t>epodatelna@eukladno.cz</t>
+  </si>
+  <si>
+    <t>https://www.eukladno.cz/</t>
+  </si>
+  <si>
+    <t>43-7561840247 / 0100</t>
+  </si>
+  <si>
+    <t>Exner</t>
+  </si>
+  <si>
+    <t>Filip</t>
+  </si>
+  <si>
+    <t>Střížkovská 734/66</t>
+  </si>
+  <si>
+    <t>4p6tecf</t>
+  </si>
+  <si>
+    <t>info@exekutor-exner.cz</t>
+  </si>
+  <si>
+    <t>+420 220 400 372</t>
+  </si>
+  <si>
+    <t>http://www.exekutor-exner.cz/</t>
+  </si>
+  <si>
+    <t>9516572/0800</t>
+  </si>
+  <si>
+    <t>Kohoutek</t>
+  </si>
+  <si>
+    <t>Predrag</t>
+  </si>
+  <si>
+    <t>Tábor</t>
+  </si>
+  <si>
+    <t>Čechova 298</t>
+  </si>
+  <si>
+    <t>391 65</t>
+  </si>
+  <si>
+    <t>Bechyně</t>
+  </si>
+  <si>
+    <t>hw6t33f</t>
+  </si>
+  <si>
+    <t>podatelna@soudni-exekutor.org</t>
+  </si>
+  <si>
+    <t>+420 388 440 050</t>
+  </si>
+  <si>
+    <t>https://www.soudni-exekutor.org</t>
+  </si>
+  <si>
+    <t>2105653162/2700</t>
+  </si>
+  <si>
+    <t>Mlynarčík</t>
+  </si>
+  <si>
+    <t>Jablonec nad Nisou</t>
+  </si>
+  <si>
+    <t>Anenské náměstí 666/3</t>
+  </si>
+  <si>
+    <t>466 01</t>
+  </si>
+  <si>
+    <t>5vct4s8</t>
+  </si>
+  <si>
+    <t>podatelna@exuradjablonec.cz</t>
+  </si>
+  <si>
+    <t>+420 606 645 115</t>
+  </si>
+  <si>
+    <t>https://www.exuradjablonec.cz/</t>
+  </si>
+  <si>
+    <t>43-7486160267/0100</t>
+  </si>
+  <si>
+    <t>Bohutínský</t>
+  </si>
+  <si>
+    <t>Trutnov</t>
+  </si>
+  <si>
+    <t>Ječná 479</t>
+  </si>
+  <si>
+    <t>541 03</t>
+  </si>
+  <si>
+    <t>Trutnov 3</t>
+  </si>
+  <si>
+    <t>d7itegh</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-trutnov.cz</t>
+  </si>
+  <si>
+    <t>+420 499 841 570</t>
+  </si>
+  <si>
+    <t>http://www.exekutor-trutnov.cz/</t>
+  </si>
+  <si>
+    <t>3238223339/0800, 3958797349/0800 (je-li oprávněným PRO-FACTOR CZ, s.r.o.)</t>
+  </si>
+  <si>
+    <t>Krejsta</t>
+  </si>
+  <si>
+    <t>Pražákova 1024/66a</t>
+  </si>
+  <si>
+    <t>639 00</t>
+  </si>
+  <si>
+    <t>6x7t4ir</t>
+  </si>
+  <si>
+    <t>podatelna@eubrno.cz</t>
+  </si>
+  <si>
+    <t>+420 530 513 513</t>
+  </si>
+  <si>
+    <t>EN</t>
+  </si>
+  <si>
+    <t>https://www.eubrno.cz/</t>
+  </si>
+  <si>
+    <t>22255522/0800</t>
+  </si>
+  <si>
+    <t>Petrošová</t>
+  </si>
+  <si>
+    <t>17. listopadu 2995/1a</t>
+  </si>
+  <si>
+    <t>r4dsxd7</t>
+  </si>
+  <si>
+    <t>podatelna@exekucebreclav.cz</t>
+  </si>
+  <si>
+    <t>+420 734 575 740</t>
+  </si>
+  <si>
+    <t>https://www.exekucebreclav.cz/</t>
+  </si>
+  <si>
+    <t>500500562/0800, 210932252/0600 (pouze dražby)</t>
+  </si>
+  <si>
+    <t>Ender</t>
+  </si>
+  <si>
+    <t>Fügnerova 818/8</t>
+  </si>
+  <si>
+    <t>Ostrava - Přívoz</t>
+  </si>
+  <si>
+    <t>uzmtqf3</t>
+  </si>
+  <si>
+    <t>podatelna@exekuce-ostrava.cz</t>
+  </si>
+  <si>
+    <t>+420 553 810 680</t>
+  </si>
+  <si>
+    <t>https://www.exekuce-ostrava.cz</t>
+  </si>
+  <si>
+    <t>304501648/0300</t>
+  </si>
+  <si>
+    <t>Michlová</t>
+  </si>
+  <si>
+    <t>Nový Jičín</t>
+  </si>
+  <si>
+    <t>Štefánikova 1977/9</t>
+  </si>
+  <si>
+    <t>741 01</t>
+  </si>
+  <si>
+    <t>5phtq8y</t>
+  </si>
+  <si>
+    <t>podatelna@exekucenj.cz</t>
+  </si>
+  <si>
+    <t>+420 558 847 012</t>
+  </si>
+  <si>
+    <t>http://www.exekucenj.cz</t>
+  </si>
+  <si>
+    <t>2200077060/2010</t>
+  </si>
+  <si>
+    <t>Olomouc</t>
+  </si>
+  <si>
+    <t>Rokycanova 19</t>
+  </si>
+  <si>
+    <t>779 00</t>
+  </si>
+  <si>
+    <t>rdbtce7</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-svoboda.cz</t>
+  </si>
+  <si>
+    <t>+420 588 288 703</t>
+  </si>
+  <si>
+    <t>https://www.exekutor-svoboda.cz/</t>
+  </si>
+  <si>
+    <t>239564131/0300</t>
+  </si>
+  <si>
+    <t>Šticha</t>
+  </si>
+  <si>
+    <t>Domažlice</t>
+  </si>
+  <si>
+    <t>Kozinova 299</t>
+  </si>
+  <si>
+    <t>344 01</t>
+  </si>
+  <si>
+    <t>99hubct</t>
+  </si>
+  <si>
+    <t>podatelna@exekutorurad.cz</t>
+  </si>
+  <si>
+    <t>+420 379 486 082</t>
+  </si>
+  <si>
+    <t>https://www.exekutorurad.cz/</t>
+  </si>
+  <si>
+    <t>8900168585/5500</t>
+  </si>
+  <si>
+    <t>Skoupá</t>
+  </si>
+  <si>
+    <t>Kateřina</t>
+  </si>
+  <si>
+    <t>Cornovova 915/45</t>
+  </si>
+  <si>
+    <t>618 00</t>
+  </si>
+  <si>
+    <t>gqwt442</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-skoupa.cz</t>
+  </si>
+  <si>
+    <t>+420 731 153 881</t>
+  </si>
+  <si>
+    <t>http://exekutor-skoupa.cz</t>
+  </si>
+  <si>
+    <t>257739628/0300</t>
+  </si>
+  <si>
+    <t>Ivanko (pozastaven výkon úřadu)</t>
+  </si>
+  <si>
+    <t>Praha 10</t>
+  </si>
+  <si>
+    <t>Dědinská 893/29</t>
+  </si>
+  <si>
+    <t>161 00</t>
+  </si>
+  <si>
+    <t>Praha 6 - Ruzyně</t>
+  </si>
+  <si>
+    <t>i4rcwt3 (DS zástupce)</t>
+  </si>
+  <si>
+    <t>e-podatelna@exekutorskyurad.eu</t>
+  </si>
+  <si>
+    <t>+420 220 104 211</t>
+  </si>
+  <si>
+    <t>https://www.exekutorskyurad.eu/</t>
+  </si>
+  <si>
+    <t>2108626573/2700</t>
+  </si>
+  <si>
+    <t>Micka</t>
+  </si>
+  <si>
+    <t>Rokycany</t>
+  </si>
+  <si>
+    <t>Pivovarská 257</t>
+  </si>
+  <si>
+    <t>337 01</t>
+  </si>
+  <si>
+    <t>xd24rz4</t>
+  </si>
+  <si>
+    <t>info@exekutorcr.cz</t>
+  </si>
+  <si>
+    <t>+420 734 836 345</t>
+  </si>
+  <si>
+    <t>http://www.exekutorcr.cz/</t>
+  </si>
+  <si>
+    <t>246916748/0300</t>
+  </si>
+  <si>
+    <t>Valentová</t>
+  </si>
+  <si>
+    <t>Lucie</t>
+  </si>
+  <si>
+    <t>Cejl 494/25</t>
+  </si>
+  <si>
+    <t>602 00</t>
+  </si>
+  <si>
+    <t>pd94rbi</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-brno.eu</t>
+  </si>
+  <si>
+    <t>+420 545 214 443</t>
+  </si>
+  <si>
+    <t>https://www.exekutor-brno.eu/</t>
+  </si>
+  <si>
+    <t>246132257/0300</t>
+  </si>
+  <si>
+    <t>Vychopňová</t>
+  </si>
+  <si>
+    <t>Iva</t>
+  </si>
+  <si>
+    <t>Benešov</t>
+  </si>
+  <si>
+    <t>Jiráskova 2042</t>
+  </si>
+  <si>
+    <t>256 01</t>
+  </si>
+  <si>
+    <t>fnd6rwr</t>
+  </si>
+  <si>
+    <t>info@eubenesov.cz</t>
+  </si>
+  <si>
+    <t>+420 311 444 834</t>
+  </si>
+  <si>
+    <t>https://www.eubenesov.cz/</t>
+  </si>
+  <si>
+    <t>2107065874 / 2700</t>
+  </si>
+  <si>
+    <t>Kiselová</t>
+  </si>
+  <si>
+    <t>Simona</t>
+  </si>
+  <si>
+    <t>Karviná</t>
+  </si>
+  <si>
+    <t>Na Bělidle 801/4</t>
+  </si>
+  <si>
+    <t>733 01</t>
+  </si>
+  <si>
+    <t>Karviná-Fryštát</t>
+  </si>
+  <si>
+    <t>v3t6rv4</t>
+  </si>
+  <si>
+    <t>info@exekucekarvina.cz</t>
+  </si>
+  <si>
+    <t>+420 596 312 846</t>
+  </si>
+  <si>
+    <t>https://www.exekucekarvina.cz</t>
+  </si>
+  <si>
+    <t>249527334/0300</t>
+  </si>
+  <si>
+    <t>Bursa</t>
+  </si>
+  <si>
+    <t>Mladá Boleslav</t>
+  </si>
+  <si>
+    <t>Palackého 267</t>
+  </si>
+  <si>
+    <t>293 01</t>
+  </si>
+  <si>
+    <t>yiu6rt7</t>
+  </si>
+  <si>
+    <t>podatelna@exekutormb.cz</t>
+  </si>
+  <si>
+    <t>+420 725 838 891</t>
+  </si>
+  <si>
+    <t>http://www.exekutormb.cz/</t>
+  </si>
+  <si>
+    <t>1427980022/2700</t>
+  </si>
+  <si>
+    <t>Horák</t>
+  </si>
+  <si>
+    <t>Bílkova 960</t>
+  </si>
+  <si>
+    <t>390 02</t>
+  </si>
+  <si>
+    <t>dbsbyp3</t>
+  </si>
+  <si>
+    <t>podatelna@exekutorhorak.cz</t>
+  </si>
+  <si>
+    <t>+420 605 814 285</t>
+  </si>
+  <si>
+    <t>https://www.exekutorhorak.cz/</t>
+  </si>
+  <si>
+    <t>251883506/0300</t>
+  </si>
+  <si>
+    <t>Šnaider</t>
+  </si>
+  <si>
+    <t>Dušan</t>
+  </si>
+  <si>
+    <t>Praha - západ</t>
+  </si>
+  <si>
+    <t>m74c9a7</t>
+  </si>
+  <si>
+    <t>e-podatelna@eupz.eu</t>
+  </si>
+  <si>
+    <t>+420 277 002 185</t>
+  </si>
+  <si>
+    <t>https://www.eupz.eu/</t>
+  </si>
+  <si>
+    <t>1011749791/5500</t>
+  </si>
+  <si>
+    <t>Lavička</t>
+  </si>
+  <si>
+    <t>Josef</t>
+  </si>
+  <si>
+    <t>9bvjcfq</t>
+  </si>
+  <si>
+    <t>podatelna@execheb.cz</t>
+  </si>
+  <si>
+    <t>+420 354 415 211</t>
+  </si>
+  <si>
+    <t>01051857</t>
+  </si>
+  <si>
+    <t>https://execheb.cz/</t>
+  </si>
+  <si>
+    <t>5023015101/5500</t>
+  </si>
+  <si>
+    <t>Jenerál</t>
+  </si>
+  <si>
+    <t>Marek</t>
+  </si>
+  <si>
+    <t>Zlín</t>
+  </si>
+  <si>
+    <t>Krátká 4447</t>
+  </si>
+  <si>
+    <t>760 01</t>
+  </si>
+  <si>
+    <t>4e5pk2q</t>
+  </si>
+  <si>
+    <t>podatelna@euzl.cz</t>
+  </si>
+  <si>
+    <t>+420 577 001 640</t>
+  </si>
+  <si>
+    <t>EN,DE,SK</t>
+  </si>
+  <si>
+    <t>https://www.euzl.cz/</t>
+  </si>
+  <si>
+    <t>2108578313 / 2700</t>
+  </si>
+  <si>
+    <t>Janečka</t>
+  </si>
+  <si>
+    <t>Plzeň - jih</t>
+  </si>
+  <si>
+    <t>V Bezovce 1896/6</t>
+  </si>
+  <si>
+    <t>Plzeň-jih</t>
+  </si>
+  <si>
+    <t>greppib</t>
+  </si>
+  <si>
+    <t>podatelna@eu178.cz</t>
+  </si>
+  <si>
+    <t>+420 377 422 737</t>
+  </si>
+  <si>
+    <t>http://www.eu178.cz/</t>
+  </si>
+  <si>
+    <t>107-4737730217/0100</t>
+  </si>
+  <si>
+    <t>Ráček</t>
+  </si>
+  <si>
+    <t>Žďár nad Sázavou</t>
+  </si>
+  <si>
+    <t>Kpt. Jaroše 256</t>
+  </si>
+  <si>
+    <t>595 01</t>
+  </si>
+  <si>
+    <t>Velká Bíteš</t>
+  </si>
+  <si>
+    <t>q6tpk4r</t>
+  </si>
+  <si>
+    <t>podatelna@exekutorracek.cz</t>
+  </si>
+  <si>
+    <t>+420 564 565 042</t>
+  </si>
+  <si>
+    <t>http://www.exekutorracek.cz/</t>
+  </si>
+  <si>
+    <t>257153061/0300</t>
+  </si>
+  <si>
+    <t>Grosamová</t>
+  </si>
+  <si>
+    <t>Evropská 2588/33A</t>
+  </si>
+  <si>
+    <t>kxcqtwv</t>
+  </si>
+  <si>
+    <t>info@exekutorsky-urad.cz</t>
+  </si>
+  <si>
+    <t>+420 235 300 563</t>
+  </si>
+  <si>
+    <t>01385437</t>
+  </si>
+  <si>
+    <t>https://www.exekutorsky-urad.cz/</t>
+  </si>
+  <si>
+    <t>4602590237/0100</t>
+  </si>
+  <si>
+    <t>Kalistová</t>
+  </si>
+  <si>
+    <t>Vilímovská 671/10</t>
+  </si>
+  <si>
+    <t>3g8v2kk</t>
+  </si>
+  <si>
+    <t>info@exekutorka.cz</t>
+  </si>
+  <si>
+    <t>+420 212 249 338</t>
+  </si>
+  <si>
+    <t>01791249</t>
+  </si>
+  <si>
+    <t>EN,DE,BG</t>
+  </si>
+  <si>
+    <t>https://www.exekutorka.cz/</t>
+  </si>
+  <si>
+    <t>3316956379/0800</t>
+  </si>
+  <si>
+    <t>Havlová</t>
+  </si>
+  <si>
+    <t>Martina</t>
+  </si>
+  <si>
+    <t>Českomoravská 18/142</t>
+  </si>
+  <si>
+    <t>vu3v2m4</t>
+  </si>
+  <si>
+    <t>podatelna@eupraha10.cz</t>
+  </si>
+  <si>
+    <t>+420 601 301 097</t>
+  </si>
+  <si>
+    <t>01791354</t>
+  </si>
+  <si>
+    <t>http://www.eupraha10.cz</t>
+  </si>
+  <si>
+    <t>1475426042/2700, 1475426069/2700 (dražby)</t>
+  </si>
+  <si>
+    <t>Beranových 130</t>
+  </si>
+  <si>
+    <t>199 00</t>
+  </si>
+  <si>
+    <t>Praha 9 - Letňany</t>
+  </si>
+  <si>
+    <t>hhwv2xp</t>
+  </si>
+  <si>
+    <t>e-podatelna@eupraha9.cz</t>
+  </si>
+  <si>
+    <t>http://www.eupraha9.cz/</t>
+  </si>
+  <si>
+    <t>107-5106440277/0100, 107-6599420227/0100 (pro dražby)</t>
+  </si>
+  <si>
+    <t>Šůstek</t>
+  </si>
+  <si>
+    <t>Svatopluk</t>
+  </si>
+  <si>
+    <t>Pavelčákova 441/14</t>
+  </si>
+  <si>
+    <t>pyz4snu</t>
+  </si>
+  <si>
+    <t>podatelna@exekuceolomouc.cz</t>
+  </si>
+  <si>
+    <t>+420 730 895 831</t>
+  </si>
+  <si>
+    <t>02348195</t>
+  </si>
+  <si>
+    <t>https://www.exekuceolomouc.cz/</t>
+  </si>
+  <si>
+    <t>377948133/0300</t>
+  </si>
+  <si>
+    <t>Mohyla</t>
+  </si>
+  <si>
+    <t>René</t>
+  </si>
+  <si>
+    <t>Přerov</t>
+  </si>
+  <si>
+    <t>Dr. Skaláka 1450/13</t>
+  </si>
+  <si>
+    <t>750 02</t>
+  </si>
+  <si>
+    <t>iv59nqr</t>
+  </si>
+  <si>
+    <t>urad@eumohyla.cz</t>
+  </si>
+  <si>
+    <t>+420 730 897 919</t>
+  </si>
+  <si>
+    <t>http://www.eumohyla.cz/</t>
+  </si>
+  <si>
+    <t>263163557/0300</t>
+  </si>
+  <si>
+    <t>Roubal</t>
+  </si>
+  <si>
+    <t>Jindřichův Hradec</t>
+  </si>
+  <si>
+    <t>Jarošovská 48</t>
+  </si>
+  <si>
+    <t>377 01</t>
+  </si>
+  <si>
+    <t>rwt5i77</t>
+  </si>
+  <si>
+    <t>podatelna@eujh.cz</t>
+  </si>
+  <si>
+    <t>+420 384 390 659</t>
+  </si>
+  <si>
+    <t>02358972</t>
+  </si>
+  <si>
+    <t>http://www.eujh.cz/</t>
+  </si>
+  <si>
+    <t>3448261309/0800</t>
+  </si>
+  <si>
+    <t>JUDr. PhDr.</t>
+  </si>
+  <si>
+    <t>Leskovjan</t>
+  </si>
+  <si>
+    <t>Školská 38</t>
+  </si>
+  <si>
+    <t>110 00</t>
+  </si>
+  <si>
+    <t>mupep9r</t>
+  </si>
+  <si>
+    <t>urad@eupraha4.cz</t>
+  </si>
+  <si>
+    <t>+420 277 277 920</t>
+  </si>
+  <si>
+    <t>EN,SK,RU,IT</t>
+  </si>
+  <si>
+    <t>https://www.eupraha4.cz/</t>
+  </si>
+  <si>
+    <t>304501496/0300, 304526140/0300, 2108730194/2700</t>
+  </si>
+  <si>
+    <t>Mgr. et Mgr.</t>
+  </si>
+  <si>
+    <t>Kozlová</t>
+  </si>
+  <si>
+    <t>nám. T. G. Masaryka 345/9</t>
+  </si>
+  <si>
+    <t>25iev27</t>
+  </si>
+  <si>
+    <t>info@eupj.cz</t>
+  </si>
+  <si>
+    <t>+420 377 331 120</t>
+  </si>
+  <si>
+    <t>02709694</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>https://www.eupj.cz/</t>
+  </si>
+  <si>
+    <t>3549216339/0800</t>
+  </si>
+  <si>
+    <t>Beneš</t>
+  </si>
+  <si>
+    <t>Liborova 405/14</t>
+  </si>
+  <si>
+    <t>169 00</t>
+  </si>
+  <si>
+    <t>xtahwnq</t>
+  </si>
+  <si>
+    <t>epodatelna@euprahazapad.cz</t>
+  </si>
+  <si>
+    <t>+420 277 278 800</t>
+  </si>
+  <si>
+    <t>02952530</t>
+  </si>
+  <si>
+    <t>https://www.euprahazapad.cz/</t>
+  </si>
+  <si>
+    <t>2110122833/2700</t>
+  </si>
+  <si>
+    <t>Jakubovská</t>
+  </si>
+  <si>
+    <t>Veronika</t>
+  </si>
+  <si>
+    <t>Kutná Hora</t>
+  </si>
+  <si>
+    <t>Česká 325/41</t>
+  </si>
+  <si>
+    <t>284 01</t>
+  </si>
+  <si>
+    <t>am3hpeq</t>
+  </si>
+  <si>
+    <t>podatelna@exekutorkh.cz</t>
+  </si>
+  <si>
+    <t>+420 327 516 790</t>
+  </si>
+  <si>
+    <t>01877569</t>
+  </si>
+  <si>
+    <t>EN,DE,SK,FR,PL</t>
+  </si>
+  <si>
+    <t>https://www.exekutorkh.cz</t>
+  </si>
+  <si>
+    <t>2109386962/2700</t>
+  </si>
+  <si>
+    <t>Koutníková</t>
+  </si>
+  <si>
+    <t>Jezuitské nám. 156/2</t>
+  </si>
+  <si>
+    <t>c8hhnjq</t>
+  </si>
+  <si>
+    <t>info@soudniexekutorka.cz</t>
+  </si>
+  <si>
+    <t>+420 511 444 440</t>
+  </si>
+  <si>
+    <t>02975122</t>
+  </si>
+  <si>
+    <t>EN,DE,IT</t>
+  </si>
+  <si>
+    <t>https://www.soudniexekutorka.cz</t>
+  </si>
+  <si>
+    <t>107-7468630237/0100</t>
+  </si>
+  <si>
+    <t>Brychta</t>
+  </si>
+  <si>
+    <t>Bohumil</t>
+  </si>
+  <si>
+    <t>Rychnov n. Kněžnou</t>
+  </si>
+  <si>
+    <t>Nádražní 486</t>
+  </si>
+  <si>
+    <t>517 21</t>
+  </si>
+  <si>
+    <t>Týniště nad Orlicí</t>
+  </si>
+  <si>
+    <t>arekta3</t>
+  </si>
+  <si>
+    <t>info@exekuce.hk</t>
+  </si>
+  <si>
+    <t>+420 702 807 000</t>
+  </si>
+  <si>
+    <t>http://www.exekuce.hk/</t>
+  </si>
+  <si>
+    <t>300935780/0300</t>
+  </si>
+  <si>
+    <t>Voborník</t>
+  </si>
+  <si>
+    <t>Pardubice</t>
+  </si>
+  <si>
+    <t>9. května 215</t>
+  </si>
+  <si>
+    <t>533 72</t>
+  </si>
+  <si>
+    <t>Moravany</t>
+  </si>
+  <si>
+    <t>tb3negn</t>
+  </si>
+  <si>
+    <t>podatelna@exek.cz</t>
+  </si>
+  <si>
+    <t>+420 498 100 980</t>
+  </si>
+  <si>
+    <t>https://www.exek.org/</t>
+  </si>
+  <si>
+    <t>215517517/0600, 215517648/0600 (pouze dražby)</t>
+  </si>
+  <si>
+    <t>Valenta</t>
+  </si>
+  <si>
+    <t>Hlušovická 254/58</t>
+  </si>
+  <si>
+    <t>xkwnbg8</t>
+  </si>
+  <si>
+    <t>podatelna@exekuce.org</t>
+  </si>
+  <si>
+    <t>+420 588 002 521</t>
+  </si>
+  <si>
+    <t>03323773</t>
+  </si>
+  <si>
+    <t>https://www.exekuce.org/</t>
+  </si>
+  <si>
+    <t>304516284/0300</t>
+  </si>
+  <si>
+    <t>Havlice</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>Jeseník</t>
+  </si>
+  <si>
+    <t>dočasná náhradní adresa (viz poznámka níže)</t>
+  </si>
+  <si>
+    <t>790 01</t>
+  </si>
+  <si>
+    <t>pc9n3t6</t>
+  </si>
+  <si>
+    <t>info@exekutor-jesenik.cz</t>
+  </si>
+  <si>
+    <t>+420 584 411 112</t>
+  </si>
+  <si>
+    <t>03372537</t>
+  </si>
+  <si>
+    <t>https://www.exekutor-jesenik.cz</t>
+  </si>
+  <si>
+    <t>257296011/0300, 257806165/0300, 267043536/0300, 257297911/0300 (pouze dražby)</t>
+  </si>
+  <si>
+    <t>Schafferová</t>
+  </si>
+  <si>
+    <t>Jaroslava</t>
+  </si>
+  <si>
+    <t>Křenová 131/35</t>
+  </si>
+  <si>
+    <t>n67547u</t>
+  </si>
+  <si>
+    <t>urad@exekutorbrnovenkov.cz</t>
+  </si>
+  <si>
+    <t>+420 516 415 340</t>
+  </si>
+  <si>
+    <t>04152140</t>
+  </si>
+  <si>
+    <t>https://www.exekutorbrnovenkov.cz/</t>
+  </si>
+  <si>
+    <t>173713527/0300 (exekuce zahájené do 30.6.2015), 270755876/0300 (exekuce zahájené od 1.7.2015)</t>
+  </si>
+  <si>
+    <t>Skácel</t>
+  </si>
+  <si>
+    <t>Vsetín</t>
+  </si>
+  <si>
+    <t>Náměstí 85/18</t>
+  </si>
+  <si>
+    <t>757 01</t>
+  </si>
+  <si>
+    <t>Valašské Meziříčí</t>
+  </si>
+  <si>
+    <t>psu5qxs</t>
+  </si>
+  <si>
+    <t>info@exekutor-skacel.cz</t>
+  </si>
+  <si>
+    <t>+420 575 570 826</t>
+  </si>
+  <si>
+    <t>04204891</t>
+  </si>
+  <si>
+    <t>https://www.exekutor-skacel.cz/</t>
+  </si>
+  <si>
+    <t>2111909291/2700</t>
+  </si>
+  <si>
+    <t>Březinová</t>
+  </si>
+  <si>
+    <t>Blanka</t>
+  </si>
+  <si>
+    <t>Bruntál</t>
+  </si>
+  <si>
+    <t>nám. Míru 66/5</t>
+  </si>
+  <si>
+    <t>792 01</t>
+  </si>
+  <si>
+    <t>ycka7jp</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-bruntal.cz</t>
+  </si>
+  <si>
+    <t>+420 591 142 500</t>
+  </si>
+  <si>
+    <t>04512961</t>
+  </si>
+  <si>
+    <t>http://www.exekutor-bruntal.cz</t>
+  </si>
+  <si>
+    <t>257305731/0300 (řízení zahájena do konce 2014), 272529442/0300 (řízení zahájena od 2015), 272529629/0300 (pouze dražby)</t>
+  </si>
+  <si>
+    <t>Struminský</t>
+  </si>
+  <si>
+    <t>Komorní 583/4</t>
+  </si>
+  <si>
+    <t>737 01</t>
+  </si>
+  <si>
+    <t>Český Těšín</t>
+  </si>
+  <si>
+    <t>5cqcu6e</t>
+  </si>
+  <si>
+    <t>info@exekutor-struminsky.cz</t>
+  </si>
+  <si>
+    <t>+420 739 684 158</t>
+  </si>
+  <si>
+    <t>04517121</t>
+  </si>
+  <si>
+    <t>https://www.exekutor-struminsky.cz/</t>
+  </si>
+  <si>
+    <t>107-8037170237/0100</t>
+  </si>
+  <si>
+    <t>Štika</t>
+  </si>
+  <si>
+    <t>Velké náměstí 162/5</t>
+  </si>
+  <si>
+    <t>zdjsfgi</t>
+  </si>
+  <si>
+    <t>e-podatelna@exekutorstika.com</t>
+  </si>
+  <si>
+    <t>+420 604 264 105</t>
+  </si>
+  <si>
+    <t>04906241</t>
+  </si>
+  <si>
+    <t>EN,SK,RU,NL</t>
+  </si>
+  <si>
+    <t>https://www.exekutorstika.com/</t>
+  </si>
+  <si>
+    <t>257112921/0300</t>
+  </si>
+  <si>
+    <t>Jícha</t>
+  </si>
+  <si>
+    <t>Lukáš</t>
+  </si>
+  <si>
+    <t>Komenského 38</t>
+  </si>
+  <si>
+    <t>750 00</t>
+  </si>
+  <si>
+    <t>82csaxd</t>
+  </si>
+  <si>
+    <t>e-podatelna@eujicha.cz</t>
+  </si>
+  <si>
+    <t>+420 588 003 999</t>
+  </si>
+  <si>
+    <t>04886674</t>
+  </si>
+  <si>
+    <t>https://eujicha.cz/</t>
+  </si>
+  <si>
+    <t>175236496/0300, 244793959/0300 (pouze dražební jistoty)</t>
+  </si>
+  <si>
+    <t>Preus</t>
+  </si>
+  <si>
+    <t>Kodaňská 1441/46</t>
+  </si>
+  <si>
+    <t>101 00</t>
+  </si>
+  <si>
+    <t>wr2y6rr</t>
+  </si>
+  <si>
+    <t>eupraha8@eupraha8.cz</t>
+  </si>
+  <si>
+    <t>+420 224 262 828</t>
+  </si>
+  <si>
+    <t>03121216</t>
+  </si>
+  <si>
+    <t>http://www.eupraha8.cz/</t>
+  </si>
+  <si>
+    <t>2113340545/2700</t>
+  </si>
+  <si>
+    <t>Bolom</t>
+  </si>
+  <si>
+    <t>Dobrovského 1</t>
+  </si>
+  <si>
+    <t>syazx4k</t>
+  </si>
+  <si>
+    <t>podatelna@exekutornj.cz</t>
+  </si>
+  <si>
+    <t>+420 774 757 938</t>
+  </si>
+  <si>
+    <t>05276128</t>
+  </si>
+  <si>
+    <t>https://www.exekutornj.cz/</t>
+  </si>
+  <si>
+    <t>276109058/0300</t>
+  </si>
+  <si>
+    <t>Škarpa</t>
+  </si>
+  <si>
+    <t>Šátalská 469/1</t>
+  </si>
+  <si>
+    <t>142 00</t>
+  </si>
+  <si>
+    <t>m3s2fc2</t>
+  </si>
+  <si>
+    <t>podatelna@eupraha.cz</t>
+  </si>
+  <si>
+    <t>+420 241 434 045</t>
+  </si>
+  <si>
+    <t>05333661</t>
+  </si>
+  <si>
+    <t>https://www.eupraha.cz/</t>
+  </si>
+  <si>
+    <t>4356369309/0800</t>
+  </si>
+  <si>
+    <t>Jarková</t>
+  </si>
+  <si>
+    <t>2. května 2384</t>
+  </si>
+  <si>
+    <t>xcz8zvx</t>
+  </si>
+  <si>
+    <t>podatelna@euzlin.cz</t>
+  </si>
+  <si>
+    <t>+420 727 881 101</t>
+  </si>
+  <si>
+    <t>05594936</t>
+  </si>
+  <si>
+    <t>https://euzlin.cz/</t>
+  </si>
+  <si>
+    <t>7004500151/5500</t>
+  </si>
+  <si>
+    <t>Slavíček</t>
+  </si>
+  <si>
+    <t>Louny</t>
+  </si>
+  <si>
+    <t>Pražská 83</t>
+  </si>
+  <si>
+    <t>440 01</t>
+  </si>
+  <si>
+    <t>k7tgtxc</t>
+  </si>
+  <si>
+    <t>info@eulouny.cz</t>
+  </si>
+  <si>
+    <t>+420 734 112 254</t>
+  </si>
+  <si>
+    <t>05964555</t>
+  </si>
+  <si>
+    <t>http://www.eulouny.cz</t>
+  </si>
+  <si>
+    <t>2114419255/2700</t>
+  </si>
+  <si>
+    <t>Popková</t>
+  </si>
+  <si>
+    <t>Magdaléna</t>
+  </si>
+  <si>
+    <t>Truhlářská 515/2a</t>
+  </si>
+  <si>
+    <t>b5agg67</t>
+  </si>
+  <si>
+    <t>mail@exekuce-liberec.cz</t>
+  </si>
+  <si>
+    <t>+420 775 034 415</t>
+  </si>
+  <si>
+    <t>0556844</t>
+  </si>
+  <si>
+    <t>https://exekuce-liberec.cz</t>
+  </si>
+  <si>
+    <t>9515422/0800, 9515502/0800 (pouze dražby)</t>
+  </si>
+  <si>
+    <t>Jeřelová</t>
+  </si>
+  <si>
+    <t>Blansko</t>
+  </si>
+  <si>
+    <t>Masarykova 12</t>
+  </si>
+  <si>
+    <t>678 01</t>
+  </si>
+  <si>
+    <t>w45ij7i</t>
+  </si>
+  <si>
+    <t>podatelna@exekuceblansko.cz</t>
+  </si>
+  <si>
+    <t>06088953</t>
+  </si>
+  <si>
+    <t>http://www.exekuceblansko.cz/</t>
+  </si>
+  <si>
+    <t>4852097349/0800</t>
+  </si>
+  <si>
+    <t>Pelikán</t>
+  </si>
+  <si>
+    <t>Javorová 201</t>
+  </si>
+  <si>
+    <t>530 09</t>
+  </si>
+  <si>
+    <t>exjmm9i</t>
+  </si>
+  <si>
+    <t>podatelna@exekuce-pardubice.cz</t>
+  </si>
+  <si>
+    <t>+420 606 050 465</t>
+  </si>
+  <si>
+    <t>https://eupce.cz/</t>
+  </si>
+  <si>
+    <t>3237698359/0800</t>
+  </si>
+  <si>
+    <t>Smola</t>
+  </si>
+  <si>
+    <t>Erik</t>
+  </si>
+  <si>
+    <t>Strakonice</t>
+  </si>
+  <si>
+    <t>Plánkova 600</t>
+  </si>
+  <si>
+    <t>386 01</t>
+  </si>
+  <si>
+    <t>eqgnnut</t>
+  </si>
+  <si>
+    <t>info@exe-strakonice.cz</t>
+  </si>
+  <si>
+    <t>+420  608 887 350</t>
+  </si>
+  <si>
+    <t>06304672</t>
+  </si>
+  <si>
+    <t>https://exe-strakonice.cz</t>
+  </si>
+  <si>
+    <t>2114776041/2700</t>
+  </si>
+  <si>
+    <t>Škorpil</t>
+  </si>
+  <si>
+    <t>Biskupská 129/1</t>
+  </si>
+  <si>
+    <t>hvknnv7</t>
+  </si>
+  <si>
+    <t>podatelna@euceb.cz</t>
+  </si>
+  <si>
+    <t>+420 608 096 010</t>
+  </si>
+  <si>
+    <t>http://www.euceb.cz/</t>
+  </si>
+  <si>
+    <t>1387279273/2700</t>
+  </si>
+  <si>
+    <t>Dusílková Ochmannová</t>
+  </si>
+  <si>
+    <t>Bezová 1658/1</t>
+  </si>
+  <si>
+    <t>147 00</t>
+  </si>
+  <si>
+    <t>p9avfdc</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-praha2.cz</t>
+  </si>
+  <si>
+    <t>+420 601 106 611</t>
+  </si>
+  <si>
+    <t>06611354</t>
+  </si>
+  <si>
+    <t>https://www.exekutor-praha2.cz/</t>
+  </si>
+  <si>
+    <t>1018367032/2700</t>
+  </si>
+  <si>
+    <t>Český Krumlov</t>
+  </si>
+  <si>
+    <t>Tovární 197</t>
+  </si>
+  <si>
+    <t>381 01</t>
+  </si>
+  <si>
+    <t>y5kwpyg</t>
+  </si>
+  <si>
+    <t>epodatelna@vasexekutor.cz</t>
+  </si>
+  <si>
+    <t>+420 387 201 481</t>
+  </si>
+  <si>
+    <t>06675654</t>
+  </si>
+  <si>
+    <t>https://www.vasexekutor.cz/</t>
+  </si>
+  <si>
+    <t>5002016500/5500</t>
+  </si>
+  <si>
+    <t>Vrána</t>
+  </si>
+  <si>
+    <t>Karlovo náměstí 319/3</t>
+  </si>
+  <si>
+    <t>tnpv7be</t>
+  </si>
+  <si>
+    <t>epodatelna@exekutorvrana.cz</t>
+  </si>
+  <si>
+    <t>+420 277 278 810</t>
+  </si>
+  <si>
+    <t>https://www.exekutorvrana.cz</t>
+  </si>
+  <si>
+    <t>6862532016/2700</t>
+  </si>
+  <si>
+    <t>Effenberger</t>
+  </si>
+  <si>
+    <t>Jakub</t>
+  </si>
+  <si>
+    <t>Kolín</t>
+  </si>
+  <si>
+    <t>Pražská 1055</t>
+  </si>
+  <si>
+    <t>280 02</t>
+  </si>
+  <si>
+    <t>iwz992j</t>
+  </si>
+  <si>
+    <t>epodatelna@kolin-exekutor.cz</t>
+  </si>
+  <si>
+    <t>+420 777 798 905</t>
+  </si>
+  <si>
+    <t>02114062</t>
+  </si>
+  <si>
+    <t>https://www.kolin-exekutor.cz/</t>
+  </si>
+  <si>
+    <t>5220013762/5500</t>
+  </si>
+  <si>
+    <t>Suchánek</t>
+  </si>
+  <si>
+    <t>Michal</t>
+  </si>
+  <si>
+    <t>Pod Pekárnami 245/10</t>
+  </si>
+  <si>
+    <t>g2crz9v</t>
+  </si>
+  <si>
+    <t>e-podatelna@exekucepraha.cz</t>
+  </si>
+  <si>
+    <t>+ 420 603 142 152</t>
+  </si>
+  <si>
+    <t>07595182</t>
+  </si>
+  <si>
+    <t>https://www.exekucepraha.cz/</t>
+  </si>
+  <si>
+    <t>1251007551/5500</t>
+  </si>
+  <si>
+    <t>Tintěra</t>
+  </si>
+  <si>
+    <t>Rakovník</t>
+  </si>
+  <si>
+    <t>Husovo nám. 22</t>
+  </si>
+  <si>
+    <t>269 01</t>
+  </si>
+  <si>
+    <t>2cgurcg</t>
+  </si>
+  <si>
+    <t>podatelna@eurakovnik.cz</t>
+  </si>
+  <si>
+    <t>+420 313 251 251</t>
+  </si>
+  <si>
+    <t>https://www.eurakovnik.cz/</t>
+  </si>
+  <si>
+    <t>287201298/0300, 287201589/0300 (pouze dražby)</t>
+  </si>
+  <si>
+    <t>Slušná</t>
+  </si>
+  <si>
+    <t>69vgj7c</t>
+  </si>
+  <si>
+    <t>podatelna@slusna-exekuce.cz</t>
+  </si>
+  <si>
+    <t>+420 245 501 456</t>
+  </si>
+  <si>
+    <t>02700107</t>
+  </si>
+  <si>
+    <t>https://slusna-exekuce.cz/</t>
+  </si>
+  <si>
+    <t>6880771029/2700, 86-4761290207/0100 (pouze exekuce převzaté po JUDr. Komárkovi)</t>
+  </si>
+  <si>
+    <t>Říhová</t>
+  </si>
+  <si>
+    <t>Andrea</t>
+  </si>
+  <si>
+    <t>LL.M., MBA</t>
+  </si>
+  <si>
+    <t>28. října 1228</t>
+  </si>
+  <si>
+    <t>273 09</t>
+  </si>
+  <si>
+    <t>Kladno - Švermov</t>
+  </si>
+  <si>
+    <t>p48kf9i</t>
+  </si>
+  <si>
+    <t>sekretariat@exekutorkladno.cz</t>
+  </si>
+  <si>
+    <t>+420 605 883 955</t>
+  </si>
+  <si>
+    <t>08721548</t>
+  </si>
+  <si>
+    <t>https://www.exekutorkladno.cz/</t>
+  </si>
+  <si>
+    <t>291556059/0300, 51-5329530237/0100</t>
+  </si>
+  <si>
+    <t>Nevěřilová</t>
+  </si>
+  <si>
+    <t>K. H. Máchy 2</t>
+  </si>
+  <si>
+    <t>787 01</t>
+  </si>
+  <si>
+    <t>s744ztn</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-sumperk.cz</t>
+  </si>
+  <si>
+    <t>+420 583 301 455</t>
+  </si>
+  <si>
+    <t>09042792</t>
+  </si>
+  <si>
+    <t>http://www.exekutor-sumperk.cz/</t>
+  </si>
+  <si>
+    <t>198000355/0300</t>
+  </si>
+  <si>
+    <t>Hloch</t>
+  </si>
+  <si>
+    <t>Bukovanského 1329/33</t>
+  </si>
+  <si>
+    <t>710 00</t>
+  </si>
+  <si>
+    <t>Ostrava - Slezská Ostrava</t>
+  </si>
+  <si>
+    <t>y2tsb5r</t>
+  </si>
+  <si>
+    <t>info@exekutorhloch.cz</t>
+  </si>
+  <si>
+    <t>+420 737 223 314</t>
+  </si>
+  <si>
+    <t>09679669</t>
+  </si>
+  <si>
+    <t>https://www.exekutorhloch.cz/</t>
+  </si>
+  <si>
+    <t>304557414/0300</t>
+  </si>
+  <si>
+    <t>Kubena</t>
+  </si>
+  <si>
+    <t>Cejl 40/107</t>
+  </si>
+  <si>
+    <t>mc32jwx</t>
+  </si>
+  <si>
+    <t>info@exekutorkubena.cz</t>
+  </si>
+  <si>
+    <t>+ 420 605 495 881</t>
+  </si>
+  <si>
+    <t>https://www.exekutorkubena.cz/</t>
+  </si>
+  <si>
+    <t>296715549/0300</t>
+  </si>
+  <si>
+    <t>Mgr. Bc.</t>
+  </si>
+  <si>
+    <t>Plášilová Kaufmanová</t>
+  </si>
+  <si>
+    <t>Hana</t>
+  </si>
+  <si>
+    <t>Jankovcova 1055/13</t>
+  </si>
+  <si>
+    <t>170 00</t>
+  </si>
+  <si>
+    <t>cswtkc2</t>
+  </si>
+  <si>
+    <t>podatelna@exekutor-plasilova.cz</t>
+  </si>
+  <si>
+    <t>+420 603 110 955</t>
+  </si>
+  <si>
+    <t>https://www.exekutor-plasilova.cz/</t>
+  </si>
+  <si>
+    <t>130208707/0300</t>
+  </si>
+  <si>
+    <t>Daněk</t>
+  </si>
+  <si>
+    <t>Ústí nad Orlicí</t>
+  </si>
+  <si>
+    <t>Vrbová 655</t>
+  </si>
+  <si>
+    <t>562 01</t>
+  </si>
+  <si>
+    <t>nih2m5k</t>
+  </si>
+  <si>
+    <t>podatelna@exekuceuno.cz</t>
+  </si>
+  <si>
+    <t>+420 739 977 373</t>
+  </si>
+  <si>
+    <t>https://www.exekuceuno.cz/</t>
+  </si>
+  <si>
+    <t>299019581/0300, 299019776/0300 (pouze dražby)</t>
+  </si>
+  <si>
+    <t>Porostlý</t>
+  </si>
+  <si>
+    <t>Stojanovo nám. 7/873</t>
+  </si>
+  <si>
+    <t>equis27</t>
+  </si>
+  <si>
+    <t>podatelna@exekucniurad.cz</t>
+  </si>
+  <si>
+    <t>+420 596 617 237</t>
+  </si>
+  <si>
+    <t>http://www.exekucniurad.cz/</t>
+  </si>
+  <si>
+    <t>505040761/0100</t>
+  </si>
+  <si>
+    <t>Šmídl</t>
+  </si>
+  <si>
+    <t>Bohunická 728/24a</t>
+  </si>
+  <si>
+    <t>619 00</t>
+  </si>
+  <si>
+    <t>icvvmgd</t>
+  </si>
+  <si>
+    <t>exekutor-brno@exekutor-brno.cz</t>
+  </si>
+  <si>
+    <t>+420 777 321 182</t>
+  </si>
+  <si>
+    <t>http://exekutor-brno.cz</t>
+  </si>
+  <si>
+    <t>1720644044/2700</t>
+  </si>
+  <si>
+    <t>Bartoš</t>
+  </si>
+  <si>
+    <t>Krátký lán 138/8</t>
+  </si>
+  <si>
+    <t>s62vipy</t>
+  </si>
+  <si>
+    <t>podatelna@eupz.cz</t>
+  </si>
+  <si>
+    <t>+420 226 521 092</t>
+  </si>
+  <si>
+    <t>https://www.eupz.cz/</t>
+  </si>
+  <si>
+    <t>1721801021/2700</t>
+  </si>
+  <si>
+    <t>Vlášek</t>
+  </si>
+  <si>
+    <t>Václav</t>
+  </si>
+  <si>
+    <t>Písek</t>
+  </si>
+  <si>
+    <t>V Portyči 472</t>
+  </si>
+  <si>
+    <t>397 01</t>
+  </si>
+  <si>
+    <t>dks3m96</t>
+  </si>
+  <si>
+    <t>podatelna@exekucepisek.cz</t>
+  </si>
+  <si>
+    <t>+420 382 210 825</t>
+  </si>
+  <si>
+    <t>https://www.exekucepisek.cz/</t>
+  </si>
+  <si>
+    <t>2133333/5800, 4617880309/0800, 4617868369/0800</t>
+  </si>
+  <si>
+    <t>Pravdová</t>
+  </si>
+  <si>
+    <t>Petra</t>
+  </si>
+  <si>
+    <t>Staré náměstí 13/7</t>
+  </si>
+  <si>
+    <t>cbi8d57</t>
+  </si>
+  <si>
+    <t>info@exekutor-praha8.cz</t>
+  </si>
+  <si>
+    <t>+420 222 313 203</t>
+  </si>
+  <si>
+    <t>03074722</t>
+  </si>
+  <si>
+    <t>https://www.exekutor-praha8.cz/</t>
+  </si>
+  <si>
+    <t>51-2705000237/0100</t>
+  </si>
+  <si>
     <t>Brančík</t>
   </si>
   <si>
-    <t>Kamil</t>
+    <t>Ctibor</t>
   </si>
   <si>
     <t>Hodonín</t>
   </si>
   <si>
     <t>Sadová 15</t>
   </si>
   <si>
-    <t>695 01</t>
-[...827 lines deleted...]
-    <t>Praha - východ</t>
+    <t>g9qvns3</t>
+  </si>
+  <si>
+    <t>cbrancik@exekutorhodonin.cz</t>
+  </si>
+  <si>
+    <t>+420 777 010 062</t>
+  </si>
+  <si>
+    <t>06624146</t>
+  </si>
+  <si>
+    <t>https://www.exekutorhodonin.cz/</t>
+  </si>
+  <si>
+    <t>174 915 091 / 0300</t>
+  </si>
+  <si>
+    <t>Steiner</t>
+  </si>
+  <si>
+    <t>Patrik</t>
   </si>
   <si>
     <t>Michelská 1326/62</t>
   </si>
   <si>
-    <t>140 00</t>
-[...8 lines deleted...]
-    <t>urad@exsmekal.cz</t>
+    <t>njuw3aq</t>
+  </si>
+  <si>
+    <t>urad@exuprahavychod.cz</t>
   </si>
   <si>
     <t>+420 236 034 034</t>
   </si>
   <si>
-    <t>https://www.exsmekal.cz</t>
+    <t>https://www.exuprahavychod.cz</t>
   </si>
   <si>
     <t>51-1014430217/0100</t>
-  </si>
-[...3214 lines deleted...]
-    <t>51-2705000237/0100</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4593,51 +4542,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Q999"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:A999"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4770,7107 +4719,7017 @@
       </c>
       <c r="L3" t="s">
         <v>39</v>
       </c>
       <c r="M3" t="s">
         <v>40</v>
       </c>
       <c r="N3">
         <v>66240697</v>
       </c>
       <c r="O3" t="s">
         <v>41</v>
       </c>
       <c r="P3" t="s">
         <v>42</v>
       </c>
       <c r="Q3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" t="s">
         <v>45</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
         <v>48</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>49</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
         <v>50</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>51</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>52</v>
       </c>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N4">
-        <v>43880606</v>
+        <v>66242355</v>
       </c>
       <c r="O4"/>
       <c r="P4" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q4" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>57</v>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>59</v>
       </c>
       <c r="H5" t="s">
         <v>60</v>
       </c>
       <c r="I5" t="s">
         <v>61</v>
       </c>
       <c r="J5" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="K5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N5">
-        <v>66242355</v>
+        <v>40658759</v>
       </c>
       <c r="O5"/>
       <c r="P5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Q5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H6" t="s">
+        <v>72</v>
+      </c>
+      <c r="I6" t="s">
+        <v>73</v>
+      </c>
+      <c r="J6" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="K6" t="s">
         <v>74</v>
       </c>
       <c r="L6" t="s">
         <v>75</v>
       </c>
       <c r="M6" t="s">
         <v>76</v>
       </c>
       <c r="N6">
-        <v>40658759</v>
+        <v>66243505</v>
       </c>
       <c r="O6"/>
       <c r="P6" t="s">
         <v>77</v>
       </c>
       <c r="Q6" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>80</v>
       </c>
       <c r="D7" t="s">
         <v>81</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>82</v>
       </c>
       <c r="H7" t="s">
         <v>83</v>
       </c>
       <c r="I7" t="s">
         <v>84</v>
       </c>
       <c r="J7" t="s">
         <v>82</v>
       </c>
       <c r="K7" t="s">
         <v>85</v>
       </c>
       <c r="L7" t="s">
         <v>86</v>
       </c>
       <c r="M7" t="s">
         <v>87</v>
       </c>
       <c r="N7">
-        <v>68619707</v>
+        <v>70931135</v>
       </c>
       <c r="O7"/>
       <c r="P7" t="s">
         <v>88</v>
       </c>
       <c r="Q7" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C8" t="s">
         <v>91</v>
       </c>
       <c r="D8" t="s">
         <v>92</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>93</v>
       </c>
       <c r="H8" t="s">
         <v>94</v>
       </c>
       <c r="I8" t="s">
         <v>95</v>
       </c>
       <c r="J8" t="s">
         <v>93</v>
       </c>
       <c r="K8" t="s">
         <v>96</v>
       </c>
       <c r="L8" t="s">
         <v>97</v>
       </c>
       <c r="M8" t="s">
         <v>98</v>
       </c>
       <c r="N8">
-        <v>66243505</v>
+        <v>13565567</v>
       </c>
       <c r="O8"/>
       <c r="P8" t="s">
         <v>99</v>
       </c>
       <c r="Q8" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B9" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C9" t="s">
         <v>102</v>
       </c>
       <c r="D9" t="s">
         <v>103</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>104</v>
       </c>
       <c r="H9" t="s">
         <v>105</v>
       </c>
       <c r="I9" t="s">
         <v>106</v>
       </c>
       <c r="J9" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="K9" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L9" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N9">
-        <v>70931135</v>
+        <v>63691540</v>
       </c>
       <c r="O9"/>
       <c r="P9" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Q9" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B10" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C10" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D10" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H10" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I10" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J10" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="K10" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="L10" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="M10" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="N10">
-        <v>13565567</v>
+        <v>66236878</v>
       </c>
       <c r="O10"/>
       <c r="P10" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="Q10" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C11" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D11" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>127</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H11" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="I11" t="s">
+        <v>130</v>
+      </c>
+      <c r="J11" t="s">
         <v>128</v>
       </c>
-      <c r="J11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K11" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L11" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M11" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N11">
-        <v>63691540</v>
+        <v>66242762</v>
       </c>
       <c r="O11"/>
       <c r="P11" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="Q11" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D12" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H12" t="s">
+        <v>140</v>
+      </c>
+      <c r="I12" t="s">
+        <v>141</v>
+      </c>
+      <c r="J12" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="K12" t="s">
         <v>142</v>
       </c>
       <c r="L12" t="s">
         <v>143</v>
       </c>
       <c r="M12" t="s">
         <v>144</v>
       </c>
       <c r="N12">
-        <v>66236878</v>
+        <v>66236568</v>
       </c>
       <c r="O12"/>
       <c r="P12" t="s">
         <v>145</v>
       </c>
       <c r="Q12" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13" t="s">
         <v>148</v>
       </c>
       <c r="D13" t="s">
         <v>149</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>150</v>
       </c>
       <c r="H13" t="s">
         <v>151</v>
       </c>
       <c r="I13" t="s">
         <v>152</v>
       </c>
       <c r="J13" t="s">
         <v>150</v>
       </c>
       <c r="K13" t="s">
         <v>153</v>
       </c>
       <c r="L13" t="s">
         <v>154</v>
       </c>
       <c r="M13" t="s">
         <v>155</v>
       </c>
       <c r="N13">
-        <v>66242762</v>
+        <v>60870281</v>
       </c>
       <c r="O13"/>
       <c r="P13" t="s">
         <v>156</v>
       </c>
       <c r="Q13" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" s="1" t="s">
         <v>158</v>
       </c>
       <c r="B14" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C14" t="s">
         <v>159</v>
       </c>
       <c r="D14" t="s">
         <v>160</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>161</v>
       </c>
       <c r="H14" t="s">
         <v>162</v>
       </c>
       <c r="I14" t="s">
         <v>163</v>
       </c>
       <c r="J14" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="K14" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L14" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M14" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N14">
-        <v>66236568</v>
-[...1 lines deleted...]
-      <c r="O14"/>
+        <v>43876439</v>
+      </c>
+      <c r="O14" t="s">
+        <v>168</v>
+      </c>
       <c r="P14" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="Q14" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B15" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="H15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="I15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="J15" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="K15" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="L15" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="M15" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="N15">
-        <v>60870281</v>
+        <v>66251508</v>
       </c>
       <c r="O15"/>
       <c r="P15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="Q15" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C16" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D16" t="s">
-        <v>47</v>
+        <v>185</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="H16" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="I16" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="J16" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="K16" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="L16" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="M16" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="N16">
-        <v>43876439</v>
-[...3 lines deleted...]
-      </c>
+        <v>66237530</v>
+      </c>
+      <c r="O16"/>
       <c r="P16" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="Q16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C17" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D17" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="E17"/>
+        <v>196</v>
+      </c>
+      <c r="E17" t="s">
+        <v>197</v>
+      </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>195</v>
+        <v>104</v>
       </c>
       <c r="H17" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="I17" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="J17" t="s">
-        <v>198</v>
+        <v>104</v>
       </c>
       <c r="K17" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="L17" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M17" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="N17">
-        <v>66251508</v>
+        <v>47687070</v>
       </c>
       <c r="O17"/>
       <c r="P17" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="Q17" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D18" t="s">
-        <v>206</v>
+        <v>20</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>207</v>
       </c>
       <c r="H18" t="s">
         <v>208</v>
       </c>
       <c r="I18" t="s">
         <v>209</v>
       </c>
       <c r="J18" t="s">
         <v>207</v>
       </c>
       <c r="K18" t="s">
         <v>210</v>
       </c>
       <c r="L18" t="s">
         <v>211</v>
       </c>
       <c r="M18" t="s">
         <v>212</v>
       </c>
       <c r="N18">
-        <v>66237530</v>
+        <v>71002294</v>
       </c>
       <c r="O18"/>
       <c r="P18" t="s">
         <v>213</v>
       </c>
       <c r="Q18" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="1" t="s">
         <v>215</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C19" t="s">
         <v>216</v>
       </c>
       <c r="D19" t="s">
         <v>217</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E19"/>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>126</v>
+        <v>218</v>
       </c>
       <c r="H19" t="s">
         <v>219</v>
       </c>
       <c r="I19" t="s">
         <v>220</v>
       </c>
       <c r="J19" t="s">
-        <v>126</v>
+        <v>218</v>
       </c>
       <c r="K19" t="s">
         <v>221</v>
       </c>
       <c r="L19" t="s">
         <v>222</v>
       </c>
       <c r="M19" t="s">
         <v>223</v>
       </c>
       <c r="N19">
-        <v>47687070</v>
+        <v>66245338</v>
       </c>
       <c r="O19"/>
       <c r="P19" t="s">
         <v>224</v>
       </c>
       <c r="Q19" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B20" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>227</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>228</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H20" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I20" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J20" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="K20" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="L20" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="M20"/>
       <c r="N20">
-        <v>71002294</v>
+        <v>49163965</v>
       </c>
       <c r="O20"/>
       <c r="P20" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="Q20" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C21" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D21" t="s">
-        <v>238</v>
+        <v>92</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>239</v>
       </c>
       <c r="H21" t="s">
         <v>240</v>
       </c>
       <c r="I21" t="s">
         <v>241</v>
       </c>
       <c r="J21" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="K21" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="L21" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M21" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="N21">
-        <v>66245338</v>
+        <v>12456241</v>
       </c>
       <c r="O21"/>
       <c r="P21" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="Q21" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B22" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C22" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D22" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="E22"/>
+        <v>250</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>250</v>
+        <v>116</v>
       </c>
       <c r="H22" t="s">
         <v>251</v>
       </c>
       <c r="I22" t="s">
+        <v>152</v>
+      </c>
+      <c r="J22" t="s">
+        <v>150</v>
+      </c>
+      <c r="K22" t="s">
         <v>252</v>
       </c>
-      <c r="J22" t="s">
+      <c r="L22" t="s">
         <v>253</v>
       </c>
-      <c r="K22" t="s">
+      <c r="M22" t="s">
         <v>254</v>
       </c>
-      <c r="L22" t="s">
+      <c r="N22">
+        <v>49720821</v>
+      </c>
+      <c r="O22" t="s">
         <v>255</v>
       </c>
-      <c r="M22"/>
-[...3 lines deleted...]
-      <c r="O22"/>
       <c r="P22" t="s">
         <v>256</v>
       </c>
       <c r="Q22" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B23" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C23" t="s">
         <v>259</v>
       </c>
       <c r="D23" t="s">
-        <v>114</v>
+        <v>260</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H23" t="s">
+        <v>262</v>
+      </c>
+      <c r="I23" t="s">
+        <v>263</v>
+      </c>
+      <c r="J23" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="K23" t="s">
         <v>264</v>
       </c>
       <c r="L23" t="s">
         <v>265</v>
       </c>
       <c r="M23" t="s">
         <v>266</v>
       </c>
       <c r="N23">
-        <v>12456241</v>
+        <v>62885995</v>
       </c>
       <c r="O23"/>
       <c r="P23" t="s">
         <v>267</v>
       </c>
       <c r="Q23" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="1" t="s">
         <v>269</v>
       </c>
       <c r="B24" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C24" t="s">
         <v>270</v>
       </c>
       <c r="D24" t="s">
         <v>271</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E24"/>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>138</v>
+        <v>272</v>
       </c>
       <c r="H24" t="s">
+        <v>273</v>
+      </c>
+      <c r="I24" t="s">
+        <v>274</v>
+      </c>
+      <c r="J24" t="s">
         <v>272</v>
       </c>
-      <c r="I24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K24" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L24" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M24" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="N24">
-        <v>49720821</v>
-[...3 lines deleted...]
-      </c>
+        <v>66253080</v>
+      </c>
+      <c r="O24"/>
       <c r="P24" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="Q24" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B25" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C25" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D25" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H25" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I25" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J25" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="K25" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="L25" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="M25" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="N25">
-        <v>62885995</v>
+        <v>43855067</v>
       </c>
       <c r="O25"/>
       <c r="P25" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="Q25" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B26" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C26" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D26" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="H26" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I26" t="s">
+        <v>297</v>
+      </c>
+      <c r="J26" t="s">
         <v>295</v>
       </c>
-      <c r="J26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K26" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="L26" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="M26" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="N26">
-        <v>66253080</v>
+        <v>70941891</v>
       </c>
       <c r="O26"/>
       <c r="P26" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="Q26" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B27" t="s">
         <v>18</v>
       </c>
       <c r="C27" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D27" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H27" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="I27" t="s">
+        <v>308</v>
+      </c>
+      <c r="J27" t="s">
         <v>306</v>
       </c>
-      <c r="J27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K27" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="L27" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="M27" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N27">
-        <v>43855067</v>
-[...1 lines deleted...]
-      <c r="O27"/>
+        <v>68404441</v>
+      </c>
+      <c r="O27" t="s">
+        <v>312</v>
+      </c>
       <c r="P27" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="Q27" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B28" t="s">
         <v>18</v>
       </c>
       <c r="C28" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D28" t="s">
-        <v>315</v>
+        <v>196</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>316</v>
+        <v>186</v>
       </c>
       <c r="H28" t="s">
         <v>317</v>
       </c>
       <c r="I28" t="s">
+        <v>188</v>
+      </c>
+      <c r="J28" t="s">
+        <v>186</v>
+      </c>
+      <c r="K28" t="s">
         <v>318</v>
       </c>
-      <c r="J28" t="s">
-[...2 lines deleted...]
-      <c r="K28" t="s">
+      <c r="L28" t="s">
         <v>319</v>
       </c>
-      <c r="L28" t="s">
+      <c r="M28" t="s">
         <v>320</v>
       </c>
-      <c r="M28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N28">
-        <v>70941891</v>
+        <v>14678179</v>
       </c>
       <c r="O28"/>
       <c r="P28" t="s">
+        <v>321</v>
+      </c>
+      <c r="Q28" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B29" t="s">
+        <v>56</v>
+      </c>
+      <c r="C29" t="s">
         <v>324</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>326</v>
       </c>
       <c r="H29" t="s">
         <v>327</v>
       </c>
       <c r="I29" t="s">
+        <v>241</v>
+      </c>
+      <c r="J29" t="s">
         <v>328</v>
       </c>
-      <c r="J29" t="s">
+      <c r="K29" t="s">
         <v>329</v>
       </c>
-      <c r="K29" t="s">
+      <c r="L29" t="s">
         <v>330</v>
       </c>
-      <c r="L29" t="s">
+      <c r="M29" t="s">
         <v>331</v>
       </c>
-      <c r="M29" t="s">
+      <c r="N29">
+        <v>66248574</v>
+      </c>
+      <c r="O29" t="s">
+        <v>41</v>
+      </c>
+      <c r="P29" t="s">
         <v>332</v>
       </c>
-      <c r="N29">
-[...3 lines deleted...]
-      <c r="P29" t="s">
+      <c r="Q29" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30" s="1" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="B30" t="s">
         <v>18</v>
       </c>
       <c r="C30" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="D30" t="s">
-        <v>337</v>
+        <v>20</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
+        <v>336</v>
+      </c>
+      <c r="H30" t="s">
+        <v>337</v>
+      </c>
+      <c r="I30" t="s">
         <v>338</v>
       </c>
-      <c r="H30" t="s">
+      <c r="J30" t="s">
+        <v>336</v>
+      </c>
+      <c r="K30" t="s">
         <v>339</v>
       </c>
-      <c r="I30" t="s">
+      <c r="L30" t="s">
         <v>340</v>
       </c>
-      <c r="J30" t="s">
-[...2 lines deleted...]
-      <c r="K30" t="s">
+      <c r="M30" t="s">
         <v>341</v>
       </c>
-      <c r="L30" t="s">
+      <c r="N30">
+        <v>13297082</v>
+      </c>
+      <c r="O30"/>
+      <c r="P30" t="s">
         <v>342</v>
       </c>
-      <c r="M30" t="s">
+      <c r="Q30" t="s">
         <v>343</v>
-      </c>
-[...10 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31" s="1" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="B31" t="s">
         <v>18</v>
       </c>
       <c r="C31" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D31" t="s">
-        <v>217</v>
+        <v>346</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>207</v>
+        <v>34</v>
       </c>
       <c r="H31" t="s">
+        <v>347</v>
+      </c>
+      <c r="I31" t="s">
+        <v>348</v>
+      </c>
+      <c r="J31" t="s">
         <v>349</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
       <c r="K31" t="s">
         <v>350</v>
       </c>
       <c r="L31" t="s">
         <v>351</v>
       </c>
       <c r="M31" t="s">
         <v>352</v>
       </c>
       <c r="N31">
-        <v>14678179</v>
+        <v>66208238</v>
       </c>
       <c r="O31"/>
       <c r="P31" t="s">
         <v>353</v>
       </c>
       <c r="Q31" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32" s="1" t="s">
         <v>355</v>
       </c>
       <c r="B32" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C32" t="s">
         <v>356</v>
       </c>
       <c r="D32" t="s">
-        <v>357</v>
+        <v>46</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
+        <v>357</v>
+      </c>
+      <c r="H32" t="s">
         <v>358</v>
       </c>
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="J32" t="s">
         <v>360</v>
       </c>
       <c r="K32" t="s">
         <v>361</v>
       </c>
       <c r="L32" t="s">
         <v>362</v>
       </c>
       <c r="M32" t="s">
         <v>363</v>
       </c>
       <c r="N32">
-        <v>66248574</v>
+        <v>47097213</v>
       </c>
       <c r="O32" t="s">
-        <v>41</v>
+        <v>364</v>
       </c>
       <c r="P32" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="Q32" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B33" t="s">
         <v>18</v>
       </c>
       <c r="C33" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D33" t="s">
-        <v>20</v>
+        <v>369</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>329</v>
+        <v>370</v>
       </c>
       <c r="H33" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="I33" t="s">
-        <v>328</v>
+        <v>372</v>
       </c>
       <c r="J33" t="s">
-        <v>329</v>
+        <v>373</v>
       </c>
       <c r="K33" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="L33" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="M33" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="N33">
-        <v>13297082</v>
+        <v>66201501</v>
       </c>
       <c r="O33"/>
       <c r="P33" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="Q33" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="34" spans="1:17">
-      <c r="A34" s="1" t="s">
-        <v>374</v>
+      <c r="A34" s="1">
+        <v>101</v>
       </c>
       <c r="B34" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C34" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="D34" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>34</v>
+        <v>381</v>
       </c>
       <c r="H34" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="I34" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="J34" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="K34" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="L34" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="M34"/>
       <c r="N34">
-        <v>66208238</v>
+        <v>66224985</v>
       </c>
       <c r="O34"/>
       <c r="P34" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="Q34" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
     </row>
     <row r="35" spans="1:17">
-      <c r="A35" s="1" t="s">
-        <v>385</v>
+      <c r="A35" s="1">
+        <v>106</v>
       </c>
       <c r="B35" t="s">
         <v>18</v>
       </c>
       <c r="C35" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D35" t="s">
-        <v>58</v>
+        <v>390</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>387</v>
+        <v>326</v>
       </c>
       <c r="H35" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="I35" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="J35" t="s">
-        <v>390</v>
+        <v>328</v>
       </c>
       <c r="K35" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="L35" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M35" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="N35">
-        <v>47097213</v>
+        <v>66212294</v>
       </c>
       <c r="O35" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="P35" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="Q35" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="36" spans="1:17">
-      <c r="A36" s="1" t="s">
-        <v>397</v>
+      <c r="A36" s="1">
+        <v>108</v>
       </c>
       <c r="B36" t="s">
         <v>18</v>
       </c>
       <c r="C36" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D36" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>400</v>
+        <v>326</v>
       </c>
       <c r="H36" t="s">
+        <v>327</v>
+      </c>
+      <c r="I36" t="s">
+        <v>241</v>
+      </c>
+      <c r="J36" t="s">
+        <v>328</v>
+      </c>
+      <c r="K36" t="s">
         <v>401</v>
       </c>
-      <c r="I36" t="s">
+      <c r="L36" t="s">
         <v>402</v>
       </c>
-      <c r="J36" t="s">
+      <c r="M36" t="s">
+        <v>331</v>
+      </c>
+      <c r="N36">
+        <v>70931194</v>
+      </c>
+      <c r="O36" t="s">
+        <v>41</v>
+      </c>
+      <c r="P36" t="s">
         <v>403</v>
       </c>
-      <c r="K36" t="s">
+      <c r="Q36" t="s">
         <v>404</v>
-      </c>
-[...14 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37" s="1">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="B37" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C37" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D37" t="s">
-        <v>410</v>
+        <v>325</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
+        <v>406</v>
+      </c>
+      <c r="H37" t="s">
+        <v>407</v>
+      </c>
+      <c r="I37" t="s">
+        <v>408</v>
+      </c>
+      <c r="J37" t="s">
+        <v>406</v>
+      </c>
+      <c r="K37" t="s">
+        <v>409</v>
+      </c>
+      <c r="L37" t="s">
+        <v>410</v>
+      </c>
+      <c r="M37" t="s">
         <v>411</v>
       </c>
-      <c r="H37" t="s">
-[...14 lines deleted...]
-      <c r="M37"/>
       <c r="N37">
-        <v>66224985</v>
+        <v>67199330</v>
       </c>
       <c r="O37"/>
       <c r="P37" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="Q37" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38" s="1">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B38" t="s">
         <v>18</v>
       </c>
       <c r="C38" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="D38" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>358</v>
+        <v>416</v>
       </c>
       <c r="H38" t="s">
+        <v>417</v>
+      </c>
+      <c r="I38" t="s">
+        <v>418</v>
+      </c>
+      <c r="J38" t="s">
+        <v>416</v>
+      </c>
+      <c r="K38" t="s">
+        <v>419</v>
+      </c>
+      <c r="L38" t="s">
+        <v>420</v>
+      </c>
+      <c r="M38" t="s">
         <v>421</v>
       </c>
-      <c r="I38" t="s">
+      <c r="N38">
+        <v>68110642</v>
+      </c>
+      <c r="O38"/>
+      <c r="P38" t="s">
         <v>422</v>
       </c>
-      <c r="J38" t="s">
-[...2 lines deleted...]
-      <c r="K38" t="s">
+      <c r="Q38" t="s">
         <v>423</v>
-      </c>
-[...16 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39" s="1">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B39" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C39" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="D39" t="s">
-        <v>430</v>
+        <v>400</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>358</v>
+        <v>425</v>
       </c>
       <c r="H39" t="s">
-        <v>359</v>
+        <v>426</v>
       </c>
       <c r="I39" t="s">
-        <v>262</v>
+        <v>427</v>
       </c>
       <c r="J39" t="s">
-        <v>360</v>
+        <v>425</v>
       </c>
       <c r="K39" t="s">
+        <v>428</v>
+      </c>
+      <c r="L39" t="s">
+        <v>429</v>
+      </c>
+      <c r="M39" t="s">
+        <v>430</v>
+      </c>
+      <c r="N39">
+        <v>66254949</v>
+      </c>
+      <c r="O39"/>
+      <c r="P39" t="s">
         <v>431</v>
       </c>
-      <c r="L39" t="s">
+      <c r="Q39" t="s">
         <v>432</v>
-      </c>
-[...13 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40" s="1">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B40" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C40" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D40" t="s">
-        <v>357</v>
+        <v>434</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
+        <v>435</v>
+      </c>
+      <c r="H40" t="s">
         <v>436</v>
       </c>
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>437</v>
       </c>
-      <c r="I40" t="s">
+      <c r="J40" t="s">
+        <v>435</v>
+      </c>
+      <c r="K40" t="s">
         <v>438</v>
       </c>
-      <c r="J40" t="s">
-[...2 lines deleted...]
-      <c r="K40" t="s">
+      <c r="L40" t="s">
         <v>439</v>
       </c>
-      <c r="L40" t="s">
+      <c r="M40" t="s">
         <v>440</v>
       </c>
-      <c r="M40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N40">
-        <v>67199330</v>
+        <v>66254612</v>
       </c>
       <c r="O40"/>
       <c r="P40" t="s">
+        <v>441</v>
+      </c>
+      <c r="Q40" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41" s="1">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B41" t="s">
         <v>18</v>
       </c>
       <c r="C41" t="s">
+        <v>443</v>
+      </c>
+      <c r="D41" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
+        <v>336</v>
+      </c>
+      <c r="H41" t="s">
+        <v>445</v>
+      </c>
+      <c r="I41" t="s">
         <v>446</v>
       </c>
-      <c r="H41" t="s">
+      <c r="J41" t="s">
+        <v>336</v>
+      </c>
+      <c r="K41" t="s">
         <v>447</v>
       </c>
-      <c r="I41" t="s">
+      <c r="L41" t="s">
         <v>448</v>
       </c>
-      <c r="J41" t="s">
-[...2 lines deleted...]
-      <c r="K41" t="s">
+      <c r="M41" t="s">
         <v>449</v>
       </c>
-      <c r="L41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N41">
-        <v>68110642</v>
+        <v>64556565</v>
       </c>
       <c r="O41"/>
       <c r="P41" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="Q41" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42" s="1">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B42" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C42" t="s">
+        <v>452</v>
+      </c>
+      <c r="D42" t="s">
+        <v>453</v>
+      </c>
+      <c r="E42" t="s">
         <v>454</v>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="E42"/>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>455</v>
       </c>
       <c r="H42" t="s">
         <v>456</v>
       </c>
       <c r="I42" t="s">
         <v>457</v>
       </c>
       <c r="J42" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="K42" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="L42" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M42" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="N42">
-        <v>66254949</v>
+        <v>42894581</v>
       </c>
       <c r="O42"/>
       <c r="P42" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="Q42" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43" s="1">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B43" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C43" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D43" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="E43"/>
+        <v>465</v>
+      </c>
+      <c r="E43" t="s">
+        <v>454</v>
+      </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H43" t="s">
+        <v>467</v>
+      </c>
+      <c r="I43" t="s">
+        <v>468</v>
+      </c>
+      <c r="J43" t="s">
         <v>466</v>
       </c>
-      <c r="I43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K43" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L43" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M43" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="N43">
-        <v>66254612</v>
+        <v>71238573</v>
       </c>
       <c r="O43"/>
       <c r="P43" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="Q43" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44" s="1">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B44" t="s">
         <v>18</v>
       </c>
       <c r="C44" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D44" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>329</v>
+        <v>239</v>
       </c>
       <c r="H44" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="I44" t="s">
-        <v>476</v>
+        <v>241</v>
       </c>
       <c r="J44" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="K44" t="s">
         <v>477</v>
       </c>
       <c r="L44" t="s">
         <v>478</v>
       </c>
       <c r="M44" t="s">
         <v>479</v>
       </c>
       <c r="N44">
-        <v>64556565</v>
+        <v>66250391</v>
       </c>
       <c r="O44"/>
       <c r="P44" t="s">
+        <v>377</v>
+      </c>
+      <c r="Q44" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45" s="1">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B45" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C45" t="s">
-        <v>482</v>
+        <v>126</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="E45"/>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
+        <v>481</v>
+      </c>
+      <c r="H45" t="s">
+        <v>482</v>
+      </c>
+      <c r="I45" t="s">
+        <v>483</v>
+      </c>
+      <c r="J45" t="s">
+        <v>481</v>
+      </c>
+      <c r="K45" t="s">
+        <v>484</v>
+      </c>
+      <c r="L45" t="s">
         <v>485</v>
       </c>
-      <c r="H45" t="s">
+      <c r="M45" t="s">
         <v>486</v>
       </c>
-      <c r="I45" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N45">
-        <v>42894581</v>
+        <v>69995206</v>
       </c>
       <c r="O45"/>
       <c r="P45" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="Q45" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46" s="1">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B46" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C46" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="D46" t="s">
-        <v>495</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="E46"/>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
+        <v>491</v>
+      </c>
+      <c r="H46" t="s">
+        <v>492</v>
+      </c>
+      <c r="I46" t="s">
+        <v>493</v>
+      </c>
+      <c r="J46" t="s">
+        <v>491</v>
+      </c>
+      <c r="K46" t="s">
+        <v>494</v>
+      </c>
+      <c r="L46" t="s">
+        <v>495</v>
+      </c>
+      <c r="M46" t="s">
         <v>496</v>
       </c>
-      <c r="H46" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N46">
-        <v>71238573</v>
+        <v>71244484</v>
       </c>
       <c r="O46"/>
       <c r="P46" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="Q46" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47" s="1">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B47" t="s">
         <v>18</v>
       </c>
       <c r="C47" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="D47" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="E47"/>
+        <v>500</v>
+      </c>
+      <c r="E47" t="s">
+        <v>454</v>
+      </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>260</v>
+        <v>501</v>
       </c>
       <c r="H47" t="s">
+        <v>502</v>
+      </c>
+      <c r="I47" t="s">
+        <v>503</v>
+      </c>
+      <c r="J47" t="s">
+        <v>501</v>
+      </c>
+      <c r="K47" t="s">
+        <v>504</v>
+      </c>
+      <c r="L47" t="s">
+        <v>505</v>
+      </c>
+      <c r="M47" t="s">
         <v>506</v>
       </c>
-      <c r="I47" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N47">
-        <v>66250391</v>
+        <v>66253799</v>
       </c>
       <c r="O47"/>
       <c r="P47" t="s">
-        <v>407</v>
+        <v>507</v>
       </c>
       <c r="Q47" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48" s="1">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B48" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C48" t="s">
-        <v>148</v>
+        <v>509</v>
       </c>
       <c r="D48" t="s">
-        <v>292</v>
+        <v>510</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
+        <v>336</v>
+      </c>
+      <c r="H48" t="s">
         <v>511</v>
       </c>
-      <c r="H48" t="s">
+      <c r="I48" t="s">
+        <v>308</v>
+      </c>
+      <c r="J48" t="s">
         <v>512</v>
       </c>
-      <c r="I48" t="s">
+      <c r="K48" t="s">
         <v>513</v>
       </c>
-      <c r="J48" t="s">
-[...2 lines deleted...]
-      <c r="K48" t="s">
+      <c r="L48" t="s">
         <v>514</v>
       </c>
-      <c r="L48" t="s">
+      <c r="M48" t="s">
         <v>515</v>
       </c>
-      <c r="M48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N48">
-        <v>69995206</v>
+        <v>66216681</v>
       </c>
       <c r="O48"/>
       <c r="P48" t="s">
+        <v>516</v>
+      </c>
+      <c r="Q48" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49" s="1">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B49" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C49" t="s">
+        <v>518</v>
+      </c>
+      <c r="D49" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
+        <v>520</v>
+      </c>
+      <c r="H49" t="s">
         <v>521</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>522</v>
       </c>
-      <c r="I49" t="s">
+      <c r="J49" t="s">
+        <v>520</v>
+      </c>
+      <c r="K49" t="s">
         <v>523</v>
       </c>
-      <c r="J49" t="s">
-[...2 lines deleted...]
-      <c r="K49" t="s">
+      <c r="L49" t="s">
         <v>524</v>
       </c>
-      <c r="L49" t="s">
+      <c r="M49" t="s">
         <v>525</v>
       </c>
-      <c r="M49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N49">
-        <v>71244484</v>
+        <v>75066874</v>
       </c>
       <c r="O49"/>
       <c r="P49" t="s">
+        <v>526</v>
+      </c>
+      <c r="Q49" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50" s="1">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B50" t="s">
         <v>18</v>
       </c>
       <c r="C50" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="D50" t="s">
-        <v>530</v>
-[...3 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="E50"/>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
+        <v>529</v>
+      </c>
+      <c r="H50" t="s">
+        <v>530</v>
+      </c>
+      <c r="I50" t="s">
         <v>531</v>
       </c>
-      <c r="H50" t="s">
+      <c r="J50" t="s">
+        <v>529</v>
+      </c>
+      <c r="K50" t="s">
         <v>532</v>
       </c>
-      <c r="I50" t="s">
+      <c r="L50" t="s">
         <v>533</v>
       </c>
-      <c r="J50" t="s">
-[...2 lines deleted...]
-      <c r="K50" t="s">
+      <c r="M50" t="s">
         <v>534</v>
       </c>
-      <c r="L50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N50">
-        <v>66253799</v>
+        <v>75066033</v>
       </c>
       <c r="O50"/>
       <c r="P50" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="Q50" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51" s="1">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B51" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C51" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="D51" t="s">
-        <v>540</v>
+        <v>519</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>329</v>
+        <v>538</v>
       </c>
       <c r="H51" t="s">
+        <v>539</v>
+      </c>
+      <c r="I51" t="s">
+        <v>540</v>
+      </c>
+      <c r="J51" t="s">
+        <v>538</v>
+      </c>
+      <c r="K51" t="s">
         <v>541</v>
       </c>
-      <c r="I51" t="s">
-[...2 lines deleted...]
-      <c r="J51" t="s">
+      <c r="L51" t="s">
         <v>542</v>
       </c>
-      <c r="K51" t="s">
+      <c r="M51" t="s">
         <v>543</v>
       </c>
-      <c r="L51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N51">
-        <v>66216681</v>
+        <v>40846415</v>
       </c>
       <c r="O51"/>
       <c r="P51" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="Q51" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52" s="1">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B52" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C52" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="D52" t="s">
-        <v>549</v>
+        <v>453</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
+        <v>373</v>
+      </c>
+      <c r="H52" t="s">
+        <v>547</v>
+      </c>
+      <c r="I52" t="s">
+        <v>548</v>
+      </c>
+      <c r="J52" t="s">
+        <v>549</v>
+      </c>
+      <c r="K52" t="s">
         <v>550</v>
       </c>
-      <c r="H52" t="s">
+      <c r="L52" t="s">
         <v>551</v>
       </c>
-      <c r="I52" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M52"/>
       <c r="N52">
-        <v>75066874</v>
+        <v>75128446</v>
       </c>
       <c r="O52"/>
       <c r="P52" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="Q52" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53" s="1">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B53" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C53" t="s">
-        <v>558</v>
+        <v>518</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>554</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
+        <v>555</v>
+      </c>
+      <c r="H53" t="s">
+        <v>556</v>
+      </c>
+      <c r="I53" t="s">
+        <v>557</v>
+      </c>
+      <c r="J53" t="s">
+        <v>555</v>
+      </c>
+      <c r="K53" t="s">
+        <v>558</v>
+      </c>
+      <c r="L53" t="s">
         <v>559</v>
       </c>
-      <c r="H53" t="s">
+      <c r="M53" t="s">
         <v>560</v>
       </c>
-      <c r="I53" t="s">
+      <c r="N53">
+        <v>75126516</v>
+      </c>
+      <c r="O53" t="s">
+        <v>396</v>
+      </c>
+      <c r="P53" t="s">
         <v>561</v>
       </c>
-      <c r="J53" t="s">
-[...2 lines deleted...]
-      <c r="K53" t="s">
+      <c r="Q53" t="s">
         <v>562</v>
-      </c>
-[...14 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54" s="1">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B54" t="s">
-        <v>45</v>
+        <v>563</v>
       </c>
       <c r="C54" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="D54" t="s">
-        <v>549</v>
+        <v>196</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
+        <v>326</v>
+      </c>
+      <c r="H54" t="s">
+        <v>565</v>
+      </c>
+      <c r="I54" t="s">
+        <v>241</v>
+      </c>
+      <c r="J54" t="s">
+        <v>328</v>
+      </c>
+      <c r="K54" t="s">
+        <v>566</v>
+      </c>
+      <c r="L54" t="s">
+        <v>567</v>
+      </c>
+      <c r="M54" t="s">
         <v>568</v>
       </c>
-      <c r="H54" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N54">
-        <v>40846415</v>
+        <v>71329277</v>
       </c>
       <c r="O54"/>
       <c r="P54" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="Q54" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55" s="1">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B55" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C55" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>453</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>403</v>
+        <v>572</v>
       </c>
       <c r="H55" t="s">
+        <v>573</v>
+      </c>
+      <c r="I55" t="s">
+        <v>574</v>
+      </c>
+      <c r="J55" t="s">
+        <v>572</v>
+      </c>
+      <c r="K55" t="s">
+        <v>575</v>
+      </c>
+      <c r="L55" t="s">
+        <v>576</v>
+      </c>
+      <c r="M55" t="s">
         <v>577</v>
       </c>
-      <c r="I55" t="s">
-[...11 lines deleted...]
-      <c r="M55"/>
       <c r="N55">
-        <v>75128446</v>
+        <v>66225108</v>
       </c>
       <c r="O55"/>
       <c r="P55" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="Q55" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56" s="1">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B56" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C56" t="s">
-        <v>548</v>
+        <v>580</v>
       </c>
       <c r="D56" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
+        <v>582</v>
+      </c>
+      <c r="H56" t="s">
+        <v>583</v>
+      </c>
+      <c r="I56" t="s">
+        <v>584</v>
+      </c>
+      <c r="J56" t="s">
+        <v>582</v>
+      </c>
+      <c r="K56" t="s">
         <v>585</v>
       </c>
-      <c r="H56" t="s">
+      <c r="L56" t="s">
         <v>586</v>
       </c>
-      <c r="I56" t="s">
+      <c r="M56" t="s">
         <v>587</v>
       </c>
-      <c r="J56" t="s">
-[...2 lines deleted...]
-      <c r="K56" t="s">
+      <c r="N56">
+        <v>72020253</v>
+      </c>
+      <c r="O56"/>
+      <c r="P56" t="s">
         <v>588</v>
       </c>
-      <c r="L56" t="s">
+      <c r="Q56" t="s">
         <v>589</v>
-      </c>
-[...13 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57" s="1">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B57" t="s">
-        <v>593</v>
+        <v>18</v>
       </c>
       <c r="C57" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="D57" t="s">
-        <v>217</v>
+        <v>519</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
-        <v>358</v>
+        <v>591</v>
       </c>
       <c r="H57" t="s">
+        <v>592</v>
+      </c>
+      <c r="I57" t="s">
+        <v>593</v>
+      </c>
+      <c r="J57" t="s">
+        <v>594</v>
+      </c>
+      <c r="K57" t="s">
         <v>595</v>
       </c>
-      <c r="I57" t="s">
-[...5 lines deleted...]
-      <c r="K57" t="s">
+      <c r="L57" t="s">
         <v>596</v>
       </c>
-      <c r="L57" t="s">
+      <c r="M57" t="s">
         <v>597</v>
       </c>
-      <c r="M57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N57">
-        <v>71329277</v>
+        <v>60531355</v>
       </c>
       <c r="O57"/>
       <c r="P57" t="s">
+        <v>598</v>
+      </c>
+      <c r="Q57" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58" s="1">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B58" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C58" t="s">
+        <v>600</v>
+      </c>
+      <c r="D58" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>602</v>
       </c>
       <c r="H58" t="s">
         <v>603</v>
       </c>
       <c r="I58" t="s">
         <v>604</v>
       </c>
       <c r="J58" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="K58" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="L58" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="M58" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="N58">
-        <v>66225108</v>
+        <v>72043202</v>
       </c>
       <c r="O58"/>
       <c r="P58" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="Q58" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59" s="1">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B59" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C59" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D59" t="s">
-        <v>611</v>
+        <v>453</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
+        <v>306</v>
+      </c>
+      <c r="H59" t="s">
         <v>612</v>
       </c>
-      <c r="H59" t="s">
+      <c r="I59" t="s">
+        <v>152</v>
+      </c>
+      <c r="J59" t="s">
         <v>613</v>
       </c>
-      <c r="I59" t="s">
+      <c r="K59" t="s">
         <v>614</v>
       </c>
-      <c r="J59" t="s">
-[...2 lines deleted...]
-      <c r="K59" t="s">
+      <c r="L59" t="s">
         <v>615</v>
       </c>
-      <c r="L59" t="s">
+      <c r="M59" t="s">
         <v>616</v>
       </c>
-      <c r="M59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N59">
-        <v>72020253</v>
+        <v>72064536</v>
       </c>
       <c r="O59"/>
       <c r="P59" t="s">
+        <v>617</v>
+      </c>
+      <c r="Q59" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60" s="1">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B60" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C60" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="D60" t="s">
-        <v>549</v>
+        <v>58</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
+        <v>620</v>
+      </c>
+      <c r="H60" t="s">
         <v>621</v>
       </c>
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>622</v>
       </c>
-      <c r="I60" t="s">
+      <c r="J60" t="s">
+        <v>620</v>
+      </c>
+      <c r="K60" t="s">
         <v>623</v>
       </c>
-      <c r="J60" t="s">
+      <c r="L60" t="s">
         <v>624</v>
       </c>
-      <c r="K60" t="s">
+      <c r="M60" t="s">
         <v>625</v>
       </c>
-      <c r="L60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N60">
-        <v>60531355</v>
+        <v>72068990</v>
       </c>
       <c r="O60"/>
       <c r="P60" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="Q60" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61" s="1">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B61" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C61" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="D61" t="s">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="E61"/>
+        <v>629</v>
+      </c>
+      <c r="E61" t="s">
+        <v>454</v>
+      </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
+        <v>630</v>
+      </c>
+      <c r="H61" t="s">
+        <v>631</v>
+      </c>
+      <c r="I61" t="s">
         <v>632</v>
       </c>
-      <c r="H61" t="s">
+      <c r="J61" t="s">
         <v>633</v>
       </c>
-      <c r="I61" t="s">
+      <c r="K61" t="s">
         <v>634</v>
       </c>
-      <c r="J61" t="s">
+      <c r="L61" t="s">
         <v>635</v>
       </c>
-      <c r="K61" t="s">
+      <c r="M61" t="s">
         <v>636</v>
       </c>
-      <c r="L61" t="s">
+      <c r="N61">
+        <v>71468706</v>
+      </c>
+      <c r="O61" t="s">
         <v>637</v>
       </c>
-      <c r="M61" t="s">
+      <c r="P61" t="s">
         <v>638</v>
       </c>
-      <c r="N61">
-[...3 lines deleted...]
-      <c r="P61" t="s">
+      <c r="Q61" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62" s="1">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B62" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C62" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="E62"/>
+        <v>196</v>
+      </c>
+      <c r="E62" t="s">
+        <v>454</v>
+      </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>338</v>
+        <v>630</v>
       </c>
       <c r="H62" t="s">
+        <v>641</v>
+      </c>
+      <c r="I62" t="s">
+        <v>632</v>
+      </c>
+      <c r="J62" t="s">
+        <v>630</v>
+      </c>
+      <c r="K62" t="s">
         <v>642</v>
       </c>
-      <c r="I62" t="s">
-[...2 lines deleted...]
-      <c r="J62" t="s">
+      <c r="L62" t="s">
         <v>643</v>
       </c>
-      <c r="K62" t="s">
+      <c r="M62" t="s">
         <v>644</v>
       </c>
-      <c r="L62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N62">
-        <v>72064536</v>
+        <v>72064412</v>
       </c>
       <c r="O62"/>
       <c r="P62" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="Q62" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63" s="1">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B63" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C63" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="D63" t="s">
-        <v>69</v>
+        <v>115</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>650</v>
+        <v>306</v>
       </c>
       <c r="H63" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="I63" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="J63" t="s">
         <v>650</v>
       </c>
       <c r="K63" t="s">
+        <v>651</v>
+      </c>
+      <c r="L63" t="s">
+        <v>652</v>
+      </c>
+      <c r="M63" t="s">
         <v>653</v>
       </c>
-      <c r="L63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N63">
-        <v>72068990</v>
+        <v>72065699</v>
       </c>
       <c r="O63"/>
       <c r="P63" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="Q63" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64" s="1">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B64" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C64" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="D64" t="s">
-        <v>659</v>
-[...3 lines deleted...]
-      </c>
+        <v>657</v>
+      </c>
+      <c r="E64"/>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
+        <v>370</v>
+      </c>
+      <c r="H64" t="s">
+        <v>658</v>
+      </c>
+      <c r="I64" t="s">
+        <v>359</v>
+      </c>
+      <c r="J64" t="s">
+        <v>659</v>
+      </c>
+      <c r="K64" t="s">
         <v>660</v>
       </c>
-      <c r="H64" t="s">
+      <c r="L64" t="s">
         <v>661</v>
       </c>
-      <c r="I64" t="s">
+      <c r="M64" t="s">
         <v>662</v>
       </c>
-      <c r="J64" t="s">
+      <c r="N64">
+        <v>66241871</v>
+      </c>
+      <c r="O64"/>
+      <c r="P64" t="s">
         <v>663</v>
       </c>
-      <c r="K64" t="s">
+      <c r="Q64" t="s">
         <v>664</v>
-      </c>
-[...16 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65" s="1">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B65" t="s">
         <v>18</v>
       </c>
       <c r="C65" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="D65" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="E65"/>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>660</v>
+        <v>370</v>
       </c>
       <c r="H65" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="I65" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="J65" t="s">
-        <v>660</v>
+        <v>357</v>
       </c>
       <c r="K65" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="L65" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="M65" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="N65">
-        <v>72064412</v>
+        <v>72078201</v>
       </c>
       <c r="O65"/>
       <c r="P65" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="Q65" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66" s="1">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B66" t="s">
         <v>18</v>
       </c>
       <c r="C66" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="D66" t="s">
-        <v>137</v>
+        <v>500</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>338</v>
+        <v>116</v>
       </c>
       <c r="H66" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="I66" t="s">
-        <v>679</v>
+        <v>118</v>
       </c>
       <c r="J66" t="s">
-        <v>680</v>
+        <v>116</v>
       </c>
       <c r="K66" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="L66" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="M66" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="N66">
-        <v>72065699</v>
+        <v>43914624</v>
       </c>
       <c r="O66"/>
       <c r="P66" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
       <c r="Q66" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67" s="1">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B67" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C67" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="D67" t="s">
-        <v>687</v>
-[...1 lines deleted...]
-      <c r="E67"/>
+        <v>271</v>
+      </c>
+      <c r="E67" t="s">
+        <v>454</v>
+      </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="H67" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="I67" t="s">
-        <v>389</v>
+        <v>152</v>
       </c>
       <c r="J67" t="s">
-        <v>689</v>
+        <v>150</v>
       </c>
       <c r="K67" t="s">
-        <v>690</v>
+        <v>682</v>
       </c>
       <c r="L67" t="s">
-        <v>691</v>
+        <v>683</v>
       </c>
       <c r="M67" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
       <c r="N67">
-        <v>66241871</v>
-[...1 lines deleted...]
-      <c r="O67"/>
+        <v>67956581</v>
+      </c>
+      <c r="O67" t="s">
+        <v>41</v>
+      </c>
       <c r="P67" t="s">
-        <v>693</v>
+        <v>685</v>
       </c>
       <c r="Q67" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68" s="1">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B68" t="s">
         <v>18</v>
       </c>
       <c r="C68" t="s">
-        <v>695</v>
+        <v>687</v>
       </c>
       <c r="D68" t="s">
-        <v>217</v>
+        <v>369</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>400</v>
+        <v>688</v>
       </c>
       <c r="H68" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="I68" t="s">
-        <v>697</v>
+        <v>308</v>
       </c>
       <c r="J68" t="s">
-        <v>387</v>
+        <v>306</v>
       </c>
       <c r="K68" t="s">
-        <v>698</v>
+        <v>690</v>
       </c>
       <c r="L68" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="M68" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="N68">
-        <v>72078201</v>
+        <v>72073462</v>
       </c>
       <c r="O68"/>
       <c r="P68" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
       <c r="Q68" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69" s="1">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B69" t="s">
-        <v>18</v>
+        <v>695</v>
       </c>
       <c r="C69" t="s">
-        <v>703</v>
+        <v>696</v>
       </c>
       <c r="D69" t="s">
-        <v>530</v>
+        <v>519</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>138</v>
+        <v>697</v>
       </c>
       <c r="H69" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="I69" t="s">
-        <v>140</v>
+        <v>699</v>
       </c>
       <c r="J69" t="s">
-        <v>138</v>
+        <v>697</v>
       </c>
       <c r="K69" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="L69" t="s">
-        <v>706</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="M69"/>
       <c r="N69">
-        <v>43914624</v>
+        <v>65402367</v>
       </c>
       <c r="O69"/>
       <c r="P69" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="Q69" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70" s="1">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B70" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C70" t="s">
-        <v>710</v>
+        <v>704</v>
       </c>
       <c r="D70" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>705</v>
+      </c>
+      <c r="E70"/>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
-        <v>172</v>
+        <v>381</v>
       </c>
       <c r="H70" t="s">
+        <v>706</v>
+      </c>
+      <c r="I70" t="s">
+        <v>548</v>
+      </c>
+      <c r="J70" t="s">
+        <v>549</v>
+      </c>
+      <c r="K70" t="s">
+        <v>707</v>
+      </c>
+      <c r="L70" t="s">
+        <v>708</v>
+      </c>
+      <c r="M70" t="s">
+        <v>709</v>
+      </c>
+      <c r="N70">
+        <v>72073586</v>
+      </c>
+      <c r="O70"/>
+      <c r="P70" t="s">
+        <v>710</v>
+      </c>
+      <c r="Q70" t="s">
         <v>711</v>
-      </c>
-[...25 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71" s="1">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B71" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C71" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="D71" t="s">
-        <v>399</v>
+        <v>713</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>326</v>
+        <v>714</v>
       </c>
       <c r="H71" t="s">
+        <v>715</v>
+      </c>
+      <c r="I71" t="s">
+        <v>716</v>
+      </c>
+      <c r="J71" t="s">
+        <v>717</v>
+      </c>
+      <c r="K71" t="s">
         <v>718</v>
       </c>
-      <c r="I71" t="s">
-[...5 lines deleted...]
-      <c r="K71" t="s">
+      <c r="L71" t="s">
         <v>719</v>
       </c>
-      <c r="L71" t="s">
+      <c r="M71" t="s">
         <v>720</v>
       </c>
-      <c r="M71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N71">
-        <v>72073462</v>
+        <v>72073560</v>
       </c>
       <c r="O71"/>
       <c r="P71" t="s">
+        <v>721</v>
+      </c>
+      <c r="Q71" t="s">
         <v>722</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72" s="1">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B72" t="s">
-        <v>724</v>
+        <v>56</v>
       </c>
       <c r="C72" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="D72" t="s">
-        <v>549</v>
+        <v>453</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
+        <v>724</v>
+      </c>
+      <c r="H72" t="s">
+        <v>725</v>
+      </c>
+      <c r="I72" t="s">
         <v>726</v>
       </c>
-      <c r="H72" t="s">
+      <c r="J72" t="s">
+        <v>724</v>
+      </c>
+      <c r="K72" t="s">
         <v>727</v>
       </c>
-      <c r="I72" t="s">
+      <c r="L72" t="s">
         <v>728</v>
       </c>
-      <c r="J72" t="s">
-[...2 lines deleted...]
-      <c r="K72" t="s">
+      <c r="M72" t="s">
         <v>729</v>
       </c>
-      <c r="L72" t="s">
-[...2 lines deleted...]
-      <c r="M72"/>
       <c r="N72">
-        <v>65402367</v>
+        <v>66249210</v>
       </c>
       <c r="O72"/>
       <c r="P72" t="s">
+        <v>730</v>
+      </c>
+      <c r="Q72" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73" s="1">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B73" t="s">
         <v>18</v>
       </c>
       <c r="C73" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="D73" t="s">
-        <v>734</v>
+        <v>453</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>411</v>
+        <v>733</v>
       </c>
       <c r="H73" t="s">
+        <v>734</v>
+      </c>
+      <c r="I73" t="s">
         <v>735</v>
       </c>
-      <c r="I73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J73" t="s">
-        <v>579</v>
+        <v>736</v>
       </c>
       <c r="K73" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="L73" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="M73" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="N73">
-        <v>72073586</v>
+        <v>42234140</v>
       </c>
       <c r="O73"/>
       <c r="P73" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="Q73" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74" s="1">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="B74" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C74" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D74" t="s">
-        <v>742</v>
+        <v>453</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="H74" t="s">
         <v>743</v>
       </c>
       <c r="I74" t="s">
         <v>744</v>
       </c>
       <c r="J74" t="s">
+        <v>594</v>
+      </c>
+      <c r="K74" t="s">
         <v>745</v>
       </c>
-      <c r="K74" t="s">
+      <c r="L74" t="s">
         <v>746</v>
       </c>
-      <c r="L74" t="s">
+      <c r="M74" t="s">
         <v>747</v>
       </c>
-      <c r="M74" t="s">
+      <c r="N74">
+        <v>66253209</v>
+      </c>
+      <c r="O74" t="s">
         <v>748</v>
       </c>
-      <c r="N74">
-[...2 lines deleted...]
-      <c r="O74"/>
       <c r="P74" t="s">
         <v>749</v>
       </c>
       <c r="Q74" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75" s="1">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B75" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C75" t="s">
         <v>751</v>
       </c>
       <c r="D75" t="s">
-        <v>483</v>
+        <v>81</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
+        <v>491</v>
+      </c>
+      <c r="H75" t="s">
         <v>752</v>
       </c>
-      <c r="H75" t="s">
+      <c r="I75" t="s">
+        <v>493</v>
+      </c>
+      <c r="J75" t="s">
+        <v>491</v>
+      </c>
+      <c r="K75" t="s">
         <v>753</v>
       </c>
-      <c r="I75" t="s">
+      <c r="L75" t="s">
         <v>754</v>
       </c>
-      <c r="J75" t="s">
-[...2 lines deleted...]
-      <c r="K75" t="s">
+      <c r="M75" t="s">
         <v>755</v>
       </c>
-      <c r="L75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N75">
-        <v>66249210</v>
+        <v>72987898</v>
       </c>
       <c r="O75"/>
       <c r="P75" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="Q75" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76" s="1">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B76" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C76" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="D76" t="s">
-        <v>483</v>
+        <v>58</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
+        <v>104</v>
+      </c>
+      <c r="H76" t="s">
+        <v>759</v>
+      </c>
+      <c r="I76" t="s">
+        <v>199</v>
+      </c>
+      <c r="J76" t="s">
+        <v>760</v>
+      </c>
+      <c r="K76" t="s">
         <v>761</v>
       </c>
-      <c r="H76" t="s">
+      <c r="L76" t="s">
         <v>762</v>
       </c>
-      <c r="I76" t="s">
+      <c r="M76" t="s">
         <v>763</v>
       </c>
-      <c r="J76" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N76">
-        <v>42234140</v>
+        <v>69986924</v>
       </c>
       <c r="O76"/>
       <c r="P76" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="Q76" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77" s="1">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B77" t="s">
-        <v>45</v>
+        <v>563</v>
       </c>
       <c r="C77" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="D77" t="s">
-        <v>483</v>
+        <v>444</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>34</v>
+        <v>767</v>
       </c>
       <c r="H77" t="s">
+        <v>768</v>
+      </c>
+      <c r="I77" t="s">
+        <v>769</v>
+      </c>
+      <c r="J77" t="s">
+        <v>767</v>
+      </c>
+      <c r="K77" t="s">
+        <v>770</v>
+      </c>
+      <c r="L77" t="s">
         <v>771</v>
       </c>
-      <c r="I77" t="s">
+      <c r="M77" t="s">
         <v>772</v>
       </c>
-      <c r="J77" t="s">
-[...2 lines deleted...]
-      <c r="K77" t="s">
+      <c r="N77">
+        <v>72074116</v>
+      </c>
+      <c r="O77"/>
+      <c r="P77" t="s">
         <v>773</v>
       </c>
-      <c r="L77" t="s">
+      <c r="Q77" t="s">
         <v>774</v>
-      </c>
-[...13 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78" s="1">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B78" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C78" t="s">
-        <v>779</v>
+        <v>405</v>
       </c>
       <c r="D78" t="s">
-        <v>103</v>
+        <v>453</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>521</v>
+        <v>775</v>
       </c>
       <c r="H78" t="s">
+        <v>776</v>
+      </c>
+      <c r="I78" t="s">
+        <v>777</v>
+      </c>
+      <c r="J78" t="s">
+        <v>775</v>
+      </c>
+      <c r="K78" t="s">
+        <v>778</v>
+      </c>
+      <c r="L78" t="s">
+        <v>779</v>
+      </c>
+      <c r="M78" t="s">
         <v>780</v>
       </c>
-      <c r="I78" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N78">
-        <v>72987898</v>
+        <v>72077433</v>
       </c>
       <c r="O78"/>
       <c r="P78" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="Q78" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79" s="1">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B79" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C79" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="D79" t="s">
-        <v>69</v>
+        <v>453</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>126</v>
+        <v>784</v>
       </c>
       <c r="H79" t="s">
+        <v>785</v>
+      </c>
+      <c r="I79" t="s">
+        <v>786</v>
+      </c>
+      <c r="J79" t="s">
+        <v>784</v>
+      </c>
+      <c r="K79" t="s">
         <v>787</v>
       </c>
-      <c r="I79" t="s">
-[...2 lines deleted...]
-      <c r="J79" t="s">
+      <c r="L79" t="s">
         <v>788</v>
       </c>
-      <c r="K79" t="s">
+      <c r="M79" t="s">
         <v>789</v>
       </c>
-      <c r="L79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N79">
-        <v>69986924</v>
+        <v>72014598</v>
       </c>
       <c r="O79"/>
       <c r="P79" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="Q79" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80" s="1">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B80" t="s">
-        <v>593</v>
+        <v>56</v>
       </c>
       <c r="C80" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="D80" t="s">
-        <v>474</v>
+        <v>793</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
+        <v>591</v>
+      </c>
+      <c r="H80" t="s">
+        <v>794</v>
+      </c>
+      <c r="I80" t="s">
         <v>795</v>
       </c>
-      <c r="H80" t="s">
+      <c r="J80" t="s">
+        <v>594</v>
+      </c>
+      <c r="K80" t="s">
         <v>796</v>
       </c>
-      <c r="I80" t="s">
+      <c r="L80" t="s">
         <v>797</v>
       </c>
-      <c r="J80" t="s">
-[...2 lines deleted...]
-      <c r="K80" t="s">
+      <c r="M80" t="s">
         <v>798</v>
       </c>
-      <c r="L80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N80">
-        <v>72074116</v>
+        <v>72074132</v>
       </c>
       <c r="O80"/>
       <c r="P80" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="Q80" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81" s="1">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B81" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C81" t="s">
-        <v>435</v>
+        <v>801</v>
       </c>
       <c r="D81" t="s">
-        <v>483</v>
+        <v>415</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
+        <v>802</v>
+      </c>
+      <c r="H81" t="s">
         <v>803</v>
       </c>
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>804</v>
       </c>
-      <c r="I81" t="s">
+      <c r="J81" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
       <c r="K81" t="s">
         <v>806</v>
       </c>
       <c r="L81" t="s">
         <v>807</v>
       </c>
       <c r="M81" t="s">
         <v>808</v>
       </c>
       <c r="N81">
-        <v>72077433</v>
+        <v>66216877</v>
       </c>
       <c r="O81"/>
       <c r="P81" t="s">
         <v>809</v>
       </c>
       <c r="Q81" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82" s="1">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B82" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C82" t="s">
         <v>811</v>
       </c>
       <c r="D82" t="s">
-        <v>483</v>
+        <v>519</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>812</v>
       </c>
       <c r="H82" t="s">
         <v>813</v>
       </c>
       <c r="I82" t="s">
         <v>814</v>
       </c>
       <c r="J82" t="s">
         <v>812</v>
       </c>
       <c r="K82" t="s">
         <v>815</v>
       </c>
       <c r="L82" t="s">
         <v>816</v>
       </c>
       <c r="M82" t="s">
         <v>817</v>
       </c>
       <c r="N82">
-        <v>72014598</v>
+        <v>67967591</v>
       </c>
       <c r="O82"/>
       <c r="P82" t="s">
         <v>818</v>
       </c>
       <c r="Q82" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83" s="1">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B83" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C83" t="s">
         <v>820</v>
       </c>
       <c r="D83" t="s">
         <v>821</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>621</v>
+        <v>34</v>
       </c>
       <c r="H83" t="s">
         <v>822</v>
       </c>
       <c r="I83" t="s">
         <v>823</v>
       </c>
       <c r="J83" t="s">
-        <v>624</v>
+        <v>594</v>
       </c>
       <c r="K83" t="s">
         <v>824</v>
       </c>
       <c r="L83" t="s">
         <v>825</v>
       </c>
       <c r="M83" t="s">
         <v>826</v>
       </c>
       <c r="N83">
-        <v>72074132</v>
+        <v>72547251</v>
       </c>
       <c r="O83"/>
       <c r="P83" t="s">
         <v>827</v>
       </c>
       <c r="Q83" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84" s="1">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>18</v>
       </c>
       <c r="C84" t="s">
         <v>829</v>
       </c>
       <c r="D84" t="s">
-        <v>445</v>
+        <v>830</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="H84" t="s">
+        <v>832</v>
+      </c>
+      <c r="I84" t="s">
+        <v>833</v>
+      </c>
+      <c r="J84" t="s">
         <v>831</v>
-      </c>
-[...4 lines deleted...]
-        <v>833</v>
       </c>
       <c r="K84" t="s">
         <v>834</v>
       </c>
       <c r="L84" t="s">
         <v>835</v>
       </c>
       <c r="M84" t="s">
         <v>836</v>
       </c>
       <c r="N84">
-        <v>66216877</v>
+        <v>72552565</v>
       </c>
       <c r="O84"/>
       <c r="P84" t="s">
         <v>837</v>
       </c>
       <c r="Q84" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85" s="1">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B85" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C85" t="s">
         <v>839</v>
       </c>
       <c r="D85" t="s">
-        <v>549</v>
+        <v>840</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H85" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="I85" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="J85" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="K85" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="L85" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="M85" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="N85">
-        <v>67967591</v>
+        <v>66244773</v>
       </c>
       <c r="O85"/>
       <c r="P85" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="Q85" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86" s="1">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B86" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C86" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="D86" t="s">
-        <v>849</v>
+        <v>138</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>34</v>
+        <v>851</v>
       </c>
       <c r="H86" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="I86" t="s">
+        <v>853</v>
+      </c>
+      <c r="J86" t="s">
         <v>851</v>
       </c>
-      <c r="J86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K86" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="L86" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="M86" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="N86">
-        <v>72547251</v>
+        <v>71467866</v>
       </c>
       <c r="O86"/>
       <c r="P86" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="Q86" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87" s="1">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B87" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C87" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D87" t="s">
-        <v>858</v>
+        <v>325</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
-        <v>859</v>
+        <v>714</v>
       </c>
       <c r="H87" t="s">
         <v>860</v>
       </c>
       <c r="I87" t="s">
         <v>861</v>
       </c>
       <c r="J87" t="s">
-        <v>859</v>
+        <v>714</v>
       </c>
       <c r="K87" t="s">
         <v>862</v>
       </c>
       <c r="L87" t="s">
         <v>863</v>
       </c>
       <c r="M87" t="s">
         <v>864</v>
       </c>
       <c r="N87">
-        <v>72552565</v>
+        <v>72564504</v>
       </c>
       <c r="O87"/>
       <c r="P87" t="s">
         <v>865</v>
       </c>
       <c r="Q87" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88" s="1">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B88" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C88" t="s">
         <v>867</v>
       </c>
       <c r="D88" t="s">
         <v>868</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>869</v>
       </c>
       <c r="H88" t="s">
+        <v>251</v>
+      </c>
+      <c r="I88" t="s">
+        <v>152</v>
+      </c>
+      <c r="J88" t="s">
+        <v>150</v>
+      </c>
+      <c r="K88" t="s">
         <v>870</v>
       </c>
-      <c r="I88" t="s">
+      <c r="L88" t="s">
         <v>871</v>
       </c>
-      <c r="J88" t="s">
+      <c r="M88" t="s">
         <v>872</v>
       </c>
-      <c r="K88" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N88">
-        <v>66244773</v>
+        <v>63641461</v>
       </c>
       <c r="O88"/>
       <c r="P88" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="Q88" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89" s="1">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B89" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C89" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="D89" t="s">
-        <v>160</v>
+        <v>876</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
+        <v>272</v>
+      </c>
+      <c r="H89" t="s">
+        <v>273</v>
+      </c>
+      <c r="I89" t="s">
+        <v>274</v>
+      </c>
+      <c r="J89" t="s">
+        <v>272</v>
+      </c>
+      <c r="K89" t="s">
+        <v>877</v>
+      </c>
+      <c r="L89" t="s">
+        <v>878</v>
+      </c>
+      <c r="M89" t="s">
         <v>879</v>
       </c>
-      <c r="H89" t="s">
+      <c r="N89" t="s">
         <v>880</v>
-      </c>
-[...16 lines deleted...]
-        <v>71467866</v>
       </c>
       <c r="O89"/>
       <c r="P89" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="Q89" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90" s="1">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B90" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C90" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="D90" t="s">
-        <v>357</v>
+        <v>884</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>82</v>
+        <v>885</v>
       </c>
       <c r="H90" t="s">
+        <v>886</v>
+      </c>
+      <c r="I90" t="s">
+        <v>887</v>
+      </c>
+      <c r="J90" t="s">
+        <v>885</v>
+      </c>
+      <c r="K90" t="s">
         <v>888</v>
       </c>
-      <c r="I90" t="s">
+      <c r="L90" t="s">
         <v>889</v>
       </c>
-      <c r="J90" t="s">
-[...2 lines deleted...]
-      <c r="K90" t="s">
+      <c r="M90" t="s">
         <v>890</v>
       </c>
-      <c r="L90" t="s">
+      <c r="N90">
+        <v>65850661</v>
+      </c>
+      <c r="O90" t="s">
         <v>891</v>
       </c>
-      <c r="M90" t="s">
+      <c r="P90" t="s">
         <v>892</v>
       </c>
-      <c r="N90">
-[...3 lines deleted...]
-      <c r="P90" t="s">
+      <c r="Q90" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91" s="1">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B91" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C91" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="D91" t="s">
-        <v>896</v>
-[...1 lines deleted...]
-      <c r="E91"/>
+        <v>196</v>
+      </c>
+      <c r="E91" t="s">
+        <v>33</v>
+      </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
+        <v>895</v>
+      </c>
+      <c r="H91" t="s">
+        <v>896</v>
+      </c>
+      <c r="I91" t="s">
+        <v>241</v>
+      </c>
+      <c r="J91" t="s">
         <v>897</v>
-      </c>
-[...7 lines deleted...]
-        <v>172</v>
       </c>
       <c r="K91" t="s">
         <v>898</v>
       </c>
       <c r="L91" t="s">
         <v>899</v>
       </c>
       <c r="M91" t="s">
         <v>900</v>
       </c>
       <c r="N91">
-        <v>63641461</v>
+        <v>62188178</v>
       </c>
       <c r="O91"/>
       <c r="P91" t="s">
         <v>901</v>
       </c>
       <c r="Q91" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92" s="1">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B92" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C92" t="s">
         <v>903</v>
       </c>
       <c r="D92" t="s">
-        <v>904</v>
+        <v>400</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
-        <v>293</v>
+        <v>904</v>
       </c>
       <c r="H92" t="s">
-        <v>294</v>
+        <v>905</v>
       </c>
       <c r="I92" t="s">
-        <v>295</v>
+        <v>906</v>
       </c>
       <c r="J92" t="s">
-        <v>293</v>
+        <v>907</v>
       </c>
       <c r="K92" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="L92" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="M92" t="s">
-        <v>907</v>
-[...2 lines deleted...]
-        <v>908</v>
+        <v>910</v>
+      </c>
+      <c r="N92">
+        <v>73733628</v>
       </c>
       <c r="O92"/>
       <c r="P92" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="Q92" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93" s="1">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B93" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C93" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="D93" t="s">
-        <v>912</v>
+        <v>434</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
-        <v>913</v>
+        <v>150</v>
       </c>
       <c r="H93" t="s">
         <v>914</v>
       </c>
       <c r="I93" t="s">
+        <v>152</v>
+      </c>
+      <c r="J93" t="s">
+        <v>150</v>
+      </c>
+      <c r="K93" t="s">
         <v>915</v>
       </c>
-      <c r="J93" t="s">
-[...2 lines deleted...]
-      <c r="K93" t="s">
+      <c r="L93" t="s">
         <v>916</v>
       </c>
-      <c r="L93" t="s">
+      <c r="M93" t="s">
         <v>917</v>
       </c>
-      <c r="M93" t="s">
+      <c r="N93" t="s">
         <v>918</v>
       </c>
-      <c r="N93">
-[...2 lines deleted...]
-      <c r="O93" t="s">
+      <c r="O93"/>
+      <c r="P93" t="s">
         <v>919</v>
       </c>
-      <c r="P93" t="s">
+      <c r="Q93" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94" s="1">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B94" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C94" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="D94" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E94"/>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
+        <v>549</v>
+      </c>
+      <c r="H94" t="s">
+        <v>922</v>
+      </c>
+      <c r="I94" t="s">
+        <v>152</v>
+      </c>
+      <c r="J94" t="s">
+        <v>613</v>
+      </c>
+      <c r="K94" t="s">
         <v>923</v>
       </c>
-      <c r="H94" t="s">
+      <c r="L94" t="s">
         <v>924</v>
       </c>
-      <c r="I94" t="s">
-[...2 lines deleted...]
-      <c r="J94" t="s">
+      <c r="M94" t="s">
         <v>925</v>
       </c>
-      <c r="K94" t="s">
+      <c r="N94" t="s">
         <v>926</v>
       </c>
-      <c r="L94" t="s">
+      <c r="O94" t="s">
         <v>927</v>
       </c>
-      <c r="M94" t="s">
+      <c r="P94" t="s">
         <v>928</v>
       </c>
-      <c r="N94">
-[...3 lines deleted...]
-      <c r="P94" t="s">
+      <c r="Q94" t="s">
         <v>929</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95" s="1">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B95" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C95" t="s">
+        <v>930</v>
+      </c>
+      <c r="D95" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
+        <v>802</v>
+      </c>
+      <c r="H95" t="s">
         <v>932</v>
       </c>
-      <c r="H95" t="s">
+      <c r="I95" t="s">
+        <v>667</v>
+      </c>
+      <c r="J95" t="s">
+        <v>357</v>
+      </c>
+      <c r="K95" t="s">
         <v>933</v>
       </c>
-      <c r="I95" t="s">
+      <c r="L95" t="s">
         <v>934</v>
       </c>
-      <c r="J95" t="s">
+      <c r="M95" t="s">
         <v>935</v>
       </c>
-      <c r="K95" t="s">
+      <c r="N95" t="s">
         <v>936</v>
-      </c>
-[...7 lines deleted...]
-        <v>73733628</v>
       </c>
       <c r="O95"/>
       <c r="P95" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="Q95" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96" s="1">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B96" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C96" t="s">
-        <v>941</v>
+        <v>405</v>
       </c>
       <c r="D96" t="s">
-        <v>464</v>
+        <v>500</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
-        <v>172</v>
+        <v>357</v>
       </c>
       <c r="H96" t="s">
+        <v>939</v>
+      </c>
+      <c r="I96" t="s">
+        <v>940</v>
+      </c>
+      <c r="J96" t="s">
+        <v>941</v>
+      </c>
+      <c r="K96" t="s">
         <v>942</v>
       </c>
-      <c r="I96" t="s">
-[...5 lines deleted...]
-      <c r="K96" t="s">
+      <c r="L96" t="s">
         <v>943</v>
       </c>
-      <c r="L96" t="s">
-[...6 lines deleted...]
-        <v>946</v>
+      <c r="M96"/>
+      <c r="N96">
+        <v>72694041</v>
       </c>
       <c r="O96"/>
       <c r="P96" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="Q96" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97" s="1">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B97" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C97" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="D97" t="s">
-        <v>20</v>
+        <v>947</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>579</v>
+        <v>775</v>
       </c>
       <c r="H97" t="s">
+        <v>948</v>
+      </c>
+      <c r="I97" t="s">
+        <v>777</v>
+      </c>
+      <c r="J97" t="s">
+        <v>775</v>
+      </c>
+      <c r="K97" t="s">
+        <v>949</v>
+      </c>
+      <c r="L97" t="s">
         <v>950</v>
       </c>
-      <c r="I97" t="s">
-[...5 lines deleted...]
-      <c r="K97" t="s">
+      <c r="M97" t="s">
         <v>951</v>
       </c>
-      <c r="L97" t="s">
+      <c r="N97" t="s">
         <v>952</v>
       </c>
-      <c r="M97" t="s">
+      <c r="O97"/>
+      <c r="P97" t="s">
         <v>953</v>
       </c>
-      <c r="N97" t="s">
+      <c r="Q97" t="s">
         <v>954</v>
-      </c>
-[...7 lines deleted...]
-        <v>957</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98" s="1">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B98" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C98" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="D98" t="s">
-        <v>81</v>
+        <v>956</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
-        <v>830</v>
+        <v>957</v>
       </c>
       <c r="H98" t="s">
+        <v>958</v>
+      </c>
+      <c r="I98" t="s">
         <v>959</v>
       </c>
-      <c r="I98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J98" t="s">
-        <v>387</v>
+        <v>957</v>
       </c>
       <c r="K98" t="s">
         <v>960</v>
       </c>
       <c r="L98" t="s">
         <v>961</v>
       </c>
       <c r="M98" t="s">
         <v>962</v>
       </c>
-      <c r="N98" t="s">
-        <v>963</v>
+      <c r="N98">
+        <v>67358420</v>
       </c>
       <c r="O98"/>
       <c r="P98" t="s">
+        <v>963</v>
+      </c>
+      <c r="Q98" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99" s="1">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B99" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C99" t="s">
-        <v>435</v>
+        <v>965</v>
       </c>
       <c r="D99" t="s">
-        <v>530</v>
+        <v>325</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
-        <v>387</v>
+        <v>966</v>
       </c>
       <c r="H99" t="s">
+        <v>967</v>
+      </c>
+      <c r="I99" t="s">
+        <v>968</v>
+      </c>
+      <c r="J99" t="s">
         <v>966</v>
-      </c>
-[...4 lines deleted...]
-        <v>968</v>
       </c>
       <c r="K99" t="s">
         <v>969</v>
       </c>
       <c r="L99" t="s">
         <v>970</v>
       </c>
-      <c r="M99"/>
-[...3 lines deleted...]
-      <c r="O99"/>
+      <c r="M99" t="s">
+        <v>971</v>
+      </c>
+      <c r="N99" t="s">
+        <v>972</v>
+      </c>
+      <c r="O99" t="s">
+        <v>748</v>
+      </c>
       <c r="P99" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="Q99" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100" s="1">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B100" t="s">
-        <v>45</v>
+        <v>975</v>
       </c>
       <c r="C100" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="D100" t="s">
-        <v>974</v>
-[...1 lines deleted...]
-      <c r="E100"/>
+        <v>196</v>
+      </c>
+      <c r="E100" t="s">
+        <v>454</v>
+      </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>803</v>
+        <v>336</v>
       </c>
       <c r="H100" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="I100" t="s">
-        <v>805</v>
+        <v>978</v>
       </c>
       <c r="J100" t="s">
-        <v>803</v>
+        <v>370</v>
       </c>
       <c r="K100" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="L100" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="M100" t="s">
-        <v>978</v>
-[...4 lines deleted...]
-      <c r="O100"/>
+        <v>981</v>
+      </c>
+      <c r="N100">
+        <v>88887537</v>
+      </c>
+      <c r="O100" t="s">
+        <v>982</v>
+      </c>
       <c r="P100" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="Q100" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101" s="1">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B101" t="s">
-        <v>45</v>
+        <v>985</v>
       </c>
       <c r="C101" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="D101" t="s">
-        <v>983</v>
+        <v>70</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>984</v>
+        <v>895</v>
       </c>
       <c r="H101" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="I101" t="s">
-        <v>986</v>
+        <v>241</v>
       </c>
       <c r="J101" t="s">
-        <v>984</v>
+        <v>328</v>
       </c>
       <c r="K101" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="L101" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="M101" t="s">
-        <v>989</v>
-[...4 lines deleted...]
-      <c r="O101"/>
+        <v>990</v>
+      </c>
+      <c r="N101" t="s">
+        <v>991</v>
+      </c>
+      <c r="O101" t="s">
+        <v>992</v>
+      </c>
       <c r="P101" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="Q101" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102" s="1">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B102" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C102" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="D102" t="s">
-        <v>357</v>
+        <v>453</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
-        <v>993</v>
+        <v>869</v>
       </c>
       <c r="H102" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="I102" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="J102" t="s">
-        <v>993</v>
+        <v>150</v>
       </c>
       <c r="K102" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="L102" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="M102" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="N102" t="s">
-        <v>999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1001</v>
+      </c>
+      <c r="O102"/>
       <c r="P102" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="Q102" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103" s="1">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B103" t="s">
-        <v>1002</v>
+        <v>56</v>
       </c>
       <c r="C103" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D103" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>1005</v>
+      </c>
+      <c r="E103"/>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
-        <v>329</v>
+        <v>1006</v>
       </c>
       <c r="H103" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="I103" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="J103" t="s">
-        <v>400</v>
+        <v>1006</v>
       </c>
       <c r="K103" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="L103" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="M103" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-        <v>88887537</v>
+        <v>1011</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1012</v>
       </c>
       <c r="O103" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="P103" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="Q103" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104" s="1">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B104" t="s">
-        <v>1012</v>
+        <v>18</v>
       </c>
       <c r="C104" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="D104" t="s">
-        <v>92</v>
+        <v>149</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
-        <v>923</v>
+        <v>555</v>
       </c>
       <c r="H104" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="I104" t="s">
-        <v>262</v>
+        <v>557</v>
       </c>
       <c r="J104" t="s">
-        <v>360</v>
+        <v>555</v>
       </c>
       <c r="K104" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="L104" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="M104" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="N104" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="O104" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="P104" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="Q104" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105" s="1">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B105" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C105" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="D105" t="s">
-        <v>483</v>
+        <v>1026</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>897</v>
+        <v>1027</v>
       </c>
       <c r="H105" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="I105" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="J105" t="s">
-        <v>172</v>
+        <v>1030</v>
       </c>
       <c r="K105" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="L105" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="M105" t="s">
-        <v>1027</v>
-[...2 lines deleted...]
-        <v>1028</v>
+        <v>1033</v>
+      </c>
+      <c r="N105">
+        <v>61187836</v>
       </c>
       <c r="O105"/>
       <c r="P105" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="Q105" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106" s="1">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B106" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C106" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="D106" t="s">
-        <v>1032</v>
+        <v>260</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="H106" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="I106" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="J106" t="s">
-        <v>1033</v>
+        <v>1040</v>
       </c>
       <c r="K106" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="L106" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="M106" t="s">
-        <v>1038</v>
-[...6 lines deleted...]
-      </c>
+        <v>1043</v>
+      </c>
+      <c r="N106">
+        <v>65200241</v>
+      </c>
+      <c r="O106"/>
       <c r="P106" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="Q106" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107" s="1">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B107" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C107" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="D107" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>585</v>
+        <v>775</v>
       </c>
       <c r="H107" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="I107" t="s">
-        <v>587</v>
+        <v>777</v>
       </c>
       <c r="J107" t="s">
-        <v>585</v>
+        <v>775</v>
       </c>
       <c r="K107" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="L107" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="M107" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="N107" t="s">
-        <v>1048</v>
-[...3 lines deleted...]
-      </c>
+        <v>1051</v>
+      </c>
+      <c r="O107"/>
       <c r="P107" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="Q107" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108" s="1">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B108" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C108" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D108" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="H108" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="I108" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J108" t="s">
         <v>1056</v>
       </c>
-      <c r="J108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K108" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="L108" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="M108" t="s">
-        <v>1060</v>
-[...2 lines deleted...]
-        <v>61187836</v>
+        <v>1061</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1062</v>
       </c>
       <c r="O108"/>
       <c r="P108" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="Q108" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109" s="1">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B109" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C109" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="D109" t="s">
-        <v>281</v>
+        <v>1066</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
-        <v>1064</v>
+        <v>591</v>
       </c>
       <c r="H109" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="I109" t="s">
-        <v>1066</v>
+        <v>823</v>
       </c>
       <c r="J109" t="s">
-        <v>1067</v>
+        <v>594</v>
       </c>
       <c r="K109" t="s">
         <v>1068</v>
       </c>
       <c r="L109" t="s">
         <v>1069</v>
       </c>
       <c r="M109" t="s">
         <v>1070</v>
       </c>
-      <c r="N109">
-        <v>65200241</v>
+      <c r="N109" t="s">
+        <v>1071</v>
       </c>
       <c r="O109"/>
       <c r="P109" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="Q109" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110" s="1">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B110" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C110" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D110" t="s">
-        <v>483</v>
+        <v>58</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
-        <v>803</v>
+        <v>1075</v>
       </c>
       <c r="H110" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="I110" t="s">
-        <v>805</v>
+        <v>1077</v>
       </c>
       <c r="J110" t="s">
-        <v>803</v>
+        <v>1078</v>
       </c>
       <c r="K110" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="L110" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="M110" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="N110" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="O110"/>
       <c r="P110" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="Q110" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111" s="1">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B111" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C111" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="D111" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="H111" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="I111" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="J111" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="K111" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="L111" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="M111" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="N111" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="O111"/>
       <c r="P111" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="Q111" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112" s="1">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B112" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C112" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="D112" t="s">
-        <v>1093</v>
+        <v>58</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
-        <v>621</v>
+        <v>841</v>
       </c>
       <c r="H112" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="I112" t="s">
-        <v>851</v>
+        <v>1098</v>
       </c>
       <c r="J112" t="s">
-        <v>624</v>
+        <v>1099</v>
       </c>
       <c r="K112" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="L112" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="M112" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="N112" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="O112"/>
       <c r="P112" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="Q112" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113" s="1">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B113" t="s">
-        <v>45</v>
+        <v>695</v>
       </c>
       <c r="C113" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="D113" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="E113"/>
+        <v>325</v>
+      </c>
+      <c r="E113" t="s">
+        <v>33</v>
+      </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
-        <v>1102</v>
+        <v>82</v>
       </c>
       <c r="H113" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="I113" t="s">
-        <v>1104</v>
+        <v>84</v>
       </c>
       <c r="J113" t="s">
-        <v>1105</v>
+        <v>82</v>
       </c>
       <c r="K113" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="L113" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="M113" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="N113" t="s">
-        <v>1109</v>
-[...1 lines deleted...]
-      <c r="O113"/>
+        <v>1111</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1112</v>
+      </c>
       <c r="P113" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="Q113" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114" s="1">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B114" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C114" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="D114" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
-        <v>1114</v>
+        <v>957</v>
       </c>
       <c r="H114" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="I114" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="J114" t="s">
-        <v>1114</v>
+        <v>957</v>
       </c>
       <c r="K114" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="L114" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="M114" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="N114" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="O114"/>
       <c r="P114" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="Q114" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115" s="1">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B115" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C115" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D115" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
-        <v>869</v>
+        <v>549</v>
       </c>
       <c r="H115" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="I115" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="J115" t="s">
-        <v>1126</v>
+        <v>802</v>
       </c>
       <c r="K115" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="L115" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="M115" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="N115" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="O115"/>
       <c r="P115" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="Q115" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116" s="1">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B116" t="s">
-        <v>724</v>
+        <v>56</v>
       </c>
       <c r="C116" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="D116" t="s">
-        <v>357</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="E116"/>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
-        <v>104</v>
+        <v>767</v>
       </c>
       <c r="H116" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="I116" t="s">
-        <v>106</v>
+        <v>769</v>
       </c>
       <c r="J116" t="s">
-        <v>104</v>
+        <v>767</v>
       </c>
       <c r="K116" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="L116" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="M116" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="N116" t="s">
-        <v>1138</v>
-[...1 lines deleted...]
-      <c r="O116" t="s">
         <v>1139</v>
       </c>
+      <c r="O116"/>
       <c r="P116" t="s">
         <v>1140</v>
       </c>
       <c r="Q116" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117" s="1">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B117" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C117" t="s">
         <v>1142</v>
       </c>
       <c r="D117" t="s">
-        <v>1143</v>
+        <v>453</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
-        <v>984</v>
+        <v>336</v>
       </c>
       <c r="H117" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I117" t="s">
         <v>1144</v>
       </c>
-      <c r="I117" t="s">
+      <c r="J117" t="s">
+        <v>336</v>
+      </c>
+      <c r="K117" t="s">
         <v>1145</v>
       </c>
-      <c r="J117" t="s">
-[...2 lines deleted...]
-      <c r="K117" t="s">
+      <c r="L117" t="s">
         <v>1146</v>
       </c>
-      <c r="L117" t="s">
+      <c r="M117" t="s">
         <v>1147</v>
       </c>
-      <c r="M117" t="s">
+      <c r="N117" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="O117"/>
       <c r="P117" t="s">
+        <v>1149</v>
+      </c>
+      <c r="Q117" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118" s="1">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B118" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C118" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="D118" t="s">
-        <v>69</v>
+        <v>20</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
-        <v>579</v>
+        <v>885</v>
       </c>
       <c r="H118" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I118" t="s">
+        <v>887</v>
+      </c>
+      <c r="J118" t="s">
+        <v>885</v>
+      </c>
+      <c r="K118" t="s">
         <v>1153</v>
       </c>
-      <c r="I118" t="s">
+      <c r="L118" t="s">
         <v>1154</v>
       </c>
-      <c r="J118" t="s">
-[...2 lines deleted...]
-      <c r="K118" t="s">
+      <c r="M118" t="s">
         <v>1155</v>
       </c>
-      <c r="L118" t="s">
+      <c r="N118" t="s">
         <v>1156</v>
       </c>
-      <c r="M118" t="s">
+      <c r="O118" t="s">
+        <v>41</v>
+      </c>
+      <c r="P118" t="s">
         <v>1157</v>
       </c>
-      <c r="N118" t="s">
+      <c r="Q118" t="s">
         <v>1158</v>
-      </c>
-[...5 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119" s="1">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B119" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C119" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="D119" t="s">
-        <v>292</v>
+        <v>260</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
-        <v>795</v>
+        <v>1160</v>
       </c>
       <c r="H119" t="s">
+        <v>1161</v>
+      </c>
+      <c r="I119" t="s">
         <v>1162</v>
       </c>
-      <c r="I119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J119" t="s">
-        <v>795</v>
+        <v>1160</v>
       </c>
       <c r="K119" t="s">
         <v>1163</v>
       </c>
       <c r="L119" t="s">
         <v>1164</v>
       </c>
       <c r="M119" t="s">
         <v>1165</v>
       </c>
       <c r="N119" t="s">
         <v>1166</v>
       </c>
       <c r="O119"/>
       <c r="P119" t="s">
         <v>1167</v>
       </c>
       <c r="Q119" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120" s="1">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B120" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C120" t="s">
         <v>1169</v>
       </c>
       <c r="D120" t="s">
-        <v>483</v>
+        <v>1170</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
-        <v>329</v>
+        <v>538</v>
       </c>
       <c r="H120" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="I120" t="s">
-        <v>1171</v>
+        <v>540</v>
       </c>
       <c r="J120" t="s">
-        <v>329</v>
+        <v>538</v>
       </c>
       <c r="K120" t="s">
         <v>1172</v>
       </c>
       <c r="L120" t="s">
         <v>1173</v>
       </c>
       <c r="M120" t="s">
         <v>1174</v>
       </c>
       <c r="N120" t="s">
         <v>1175</v>
       </c>
       <c r="O120"/>
       <c r="P120" t="s">
         <v>1176</v>
       </c>
       <c r="Q120" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121" s="1">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B121" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C121" t="s">
         <v>1178</v>
       </c>
       <c r="D121" t="s">
-        <v>20</v>
+        <v>294</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
-        <v>913</v>
+        <v>1179</v>
       </c>
       <c r="H121" t="s">
+        <v>1180</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1181</v>
+      </c>
+      <c r="J121" t="s">
         <v>1179</v>
       </c>
-      <c r="I121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K121" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="L121" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>1182</v>
+        <v>1183</v>
+      </c>
+      <c r="M121">
+        <v>420728751776</v>
       </c>
       <c r="N121" t="s">
-        <v>1183</v>
-[...3 lines deleted...]
-      </c>
+        <v>1184</v>
+      </c>
+      <c r="O121"/>
       <c r="P121" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="Q121" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122" s="1">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B122" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C122" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D122" t="s">
-        <v>281</v>
+        <v>519</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
         <v>21</v>
       </c>
       <c r="G122" t="s">
-        <v>1187</v>
+        <v>1037</v>
       </c>
       <c r="H122" t="s">
         <v>1188</v>
       </c>
       <c r="I122" t="s">
         <v>1189</v>
       </c>
       <c r="J122" t="s">
-        <v>1187</v>
+        <v>1037</v>
       </c>
       <c r="K122" t="s">
         <v>1190</v>
       </c>
       <c r="L122" t="s">
         <v>1191</v>
       </c>
       <c r="M122" t="s">
         <v>1192</v>
       </c>
-      <c r="N122" t="s">
-        <v>1193</v>
+      <c r="N122">
+        <v>72838264</v>
       </c>
       <c r="O122"/>
       <c r="P122" t="s">
+        <v>1193</v>
+      </c>
+      <c r="Q122" t="s">
         <v>1194</v>
-      </c>
-[...1 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123" s="1">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B123" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C123" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D123" t="s">
         <v>1196</v>
-      </c>
-[...1 lines deleted...]
-        <v>1197</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
-        <v>568</v>
+        <v>1197</v>
       </c>
       <c r="H123" t="s">
         <v>1198</v>
       </c>
       <c r="I123" t="s">
-        <v>570</v>
+        <v>1199</v>
       </c>
       <c r="J123" t="s">
-        <v>568</v>
+        <v>1197</v>
       </c>
       <c r="K123" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="L123" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="M123" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="N123" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="O123"/>
       <c r="P123" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="Q123" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124" s="1">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B124" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C124" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="D124" t="s">
-        <v>315</v>
+        <v>453</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
-        <v>1206</v>
+        <v>47</v>
       </c>
       <c r="H124" t="s">
         <v>1207</v>
       </c>
       <c r="I124" t="s">
+        <v>49</v>
+      </c>
+      <c r="J124" t="s">
+        <v>47</v>
+      </c>
+      <c r="K124" t="s">
         <v>1208</v>
       </c>
-      <c r="J124" t="s">
-[...2 lines deleted...]
-      <c r="K124" t="s">
+      <c r="L124" t="s">
         <v>1209</v>
       </c>
-      <c r="L124" t="s">
+      <c r="M124" t="s">
         <v>1210</v>
       </c>
-      <c r="M124">
-[...3 lines deleted...]
-        <v>1211</v>
+      <c r="N124">
+        <v>87680157</v>
       </c>
       <c r="O124"/>
       <c r="P124" t="s">
+        <v>1211</v>
+      </c>
+      <c r="Q124" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125" s="1">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B125" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C125" t="s">
-        <v>1214</v>
+        <v>1213</v>
       </c>
       <c r="D125" t="s">
-        <v>549</v>
-[...1 lines deleted...]
-      <c r="E125"/>
+        <v>70</v>
+      </c>
+      <c r="E125" t="s">
+        <v>454</v>
+      </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125" t="s">
-        <v>1064</v>
+        <v>373</v>
       </c>
       <c r="H125" t="s">
+        <v>1214</v>
+      </c>
+      <c r="I125" t="s">
         <v>1215</v>
       </c>
-      <c r="I125" t="s">
+      <c r="J125" t="s">
+        <v>336</v>
+      </c>
+      <c r="K125" t="s">
         <v>1216</v>
       </c>
-      <c r="J125" t="s">
-[...2 lines deleted...]
-      <c r="K125" t="s">
+      <c r="L125" t="s">
         <v>1217</v>
       </c>
-      <c r="L125" t="s">
+      <c r="M125" t="s">
         <v>1218</v>
       </c>
-      <c r="M125" t="s">
+      <c r="N125" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>72838264</v>
       </c>
       <c r="O125"/>
       <c r="P125" t="s">
         <v>1220</v>
       </c>
       <c r="Q125" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126" s="1">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B126" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="C126" t="s">
-        <v>1222</v>
+        <v>324</v>
       </c>
       <c r="D126" t="s">
-        <v>1223</v>
+        <v>260</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
         <v>21</v>
       </c>
       <c r="G126" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1223</v>
+      </c>
+      <c r="I126" t="s">
         <v>1224</v>
       </c>
-      <c r="H126" t="s">
+      <c r="J126" t="s">
+        <v>1222</v>
+      </c>
+      <c r="K126" t="s">
         <v>1225</v>
       </c>
-      <c r="I126" t="s">
+      <c r="L126" t="s">
         <v>1226</v>
       </c>
-      <c r="J126" t="s">
-[...2 lines deleted...]
-      <c r="K126" t="s">
+      <c r="M126" t="s">
         <v>1227</v>
       </c>
-      <c r="L126" t="s">
+      <c r="N126" t="s">
         <v>1228</v>
-      </c>
-[...4 lines deleted...]
-        <v>1230</v>
       </c>
       <c r="O126"/>
       <c r="P126" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="Q126" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127" s="1">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B127" t="s">
-        <v>45</v>
+        <v>563</v>
       </c>
       <c r="C127" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="D127" t="s">
-        <v>483</v>
+        <v>453</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
-        <v>59</v>
+        <v>306</v>
       </c>
       <c r="H127" t="s">
+        <v>1232</v>
+      </c>
+      <c r="I127" t="s">
+        <v>372</v>
+      </c>
+      <c r="J127" t="s">
+        <v>373</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1233</v>
+      </c>
+      <c r="L127" t="s">
         <v>1234</v>
       </c>
-      <c r="I127" t="s">
-[...5 lines deleted...]
-      <c r="K127" t="s">
+      <c r="M127" t="s">
         <v>1235</v>
       </c>
-      <c r="L127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N127">
-        <v>87680157</v>
+        <v>70380295</v>
       </c>
       <c r="O127"/>
       <c r="P127" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
       <c r="Q127" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128" s="1">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B128" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C128" t="s">
-        <v>46</v>
+        <v>1238</v>
       </c>
       <c r="D128" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
-        <v>913</v>
+        <v>1240</v>
       </c>
       <c r="H128" t="s">
         <v>1241</v>
       </c>
       <c r="I128" t="s">
-        <v>915</v>
+        <v>1242</v>
       </c>
       <c r="J128" t="s">
-        <v>913</v>
+        <v>1240</v>
       </c>
       <c r="K128" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="L128" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="M128" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="N128" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="O128"/>
       <c r="P128" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="Q128" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129" s="1">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B129" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C129" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D129" t="s">
-        <v>92</v>
+        <v>1250</v>
       </c>
       <c r="E129" t="s">
-        <v>484</v>
+        <v>454</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
-        <v>403</v>
+        <v>357</v>
       </c>
       <c r="H129" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="I129" t="s">
-        <v>1250</v>
+        <v>667</v>
       </c>
       <c r="J129" t="s">
-        <v>329</v>
+        <v>357</v>
       </c>
       <c r="K129" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="L129" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="M129" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="N129" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="O129"/>
       <c r="P129" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="Q129" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130" s="1">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B130" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C130" t="s">
-        <v>356</v>
+        <v>1258</v>
       </c>
       <c r="D130" t="s">
-        <v>281</v>
+        <v>58</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="H130" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="I130" t="s">
+        <v>1261</v>
+      </c>
+      <c r="J130" t="s">
         <v>1259</v>
       </c>
-      <c r="J130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K130" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="L130" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="M130" t="s">
-        <v>1262</v>
-[...2 lines deleted...]
-        <v>1263</v>
+        <v>1264</v>
+      </c>
+      <c r="N130">
+        <v>45811423</v>
       </c>
       <c r="O130"/>
       <c r="P130" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="Q130" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131" s="1">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B131" t="s">
-        <v>593</v>
+        <v>56</v>
       </c>
       <c r="C131" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D131" t="s">
-        <v>483</v>
+        <v>20</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
-        <v>338</v>
+        <v>802</v>
       </c>
       <c r="H131" t="s">
-        <v>1267</v>
+        <v>1126</v>
       </c>
       <c r="I131" t="s">
-        <v>402</v>
+        <v>1127</v>
       </c>
       <c r="J131" t="s">
-        <v>403</v>
+        <v>802</v>
       </c>
       <c r="K131" t="s">
         <v>1268</v>
       </c>
       <c r="L131" t="s">
         <v>1269</v>
       </c>
       <c r="M131" t="s">
         <v>1270</v>
       </c>
-      <c r="N131">
-        <v>70380295</v>
+      <c r="N131" t="s">
+        <v>1271</v>
       </c>
       <c r="O131"/>
       <c r="P131" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="Q131" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132" s="1">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B132" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C132" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="D132" t="s">
-        <v>1274</v>
-[...1 lines deleted...]
-      <c r="E132"/>
+        <v>1275</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1276</v>
+      </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
-        <v>1275</v>
+        <v>697</v>
       </c>
       <c r="H132" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="I132" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="J132" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="K132" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="L132" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="M132" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="N132" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="O132"/>
       <c r="P132" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="Q132" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="B133" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C133" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="D133" t="s">
-        <v>1285</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="E133"/>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>387</v>
+        <v>602</v>
       </c>
       <c r="H133" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="I133" t="s">
-        <v>697</v>
+        <v>1288</v>
       </c>
       <c r="J133" t="s">
-        <v>387</v>
+        <v>602</v>
       </c>
       <c r="K133" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="L133" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="M133" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="N133" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="O133"/>
       <c r="P133" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="Q133" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134" s="1">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="B134" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C134" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="D134" t="s">
-        <v>69</v>
+        <v>519</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
-        <v>1294</v>
+        <v>104</v>
       </c>
       <c r="H134" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="I134" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="J134" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="K134" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="L134" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="M134" t="s">
-        <v>1299</v>
-[...2 lines deleted...]
-        <v>45811423</v>
+        <v>1301</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1302</v>
       </c>
       <c r="O134"/>
       <c r="P134" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="Q134" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135" s="1">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="B135" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C135" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="D135" t="s">
-        <v>20</v>
+        <v>325</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
-        <v>830</v>
+        <v>34</v>
       </c>
       <c r="H135" t="s">
-        <v>1153</v>
+        <v>1306</v>
       </c>
       <c r="I135" t="s">
-        <v>1154</v>
+        <v>823</v>
       </c>
       <c r="J135" t="s">
-        <v>830</v>
+        <v>594</v>
       </c>
       <c r="K135" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="L135" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="M135" t="s">
-        <v>1305</v>
-[...3 lines deleted...]
-      </c>
+        <v>1309</v>
+      </c>
+      <c r="N135"/>
       <c r="O135"/>
       <c r="P135" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="Q135" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136" s="1">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="B136" t="s">
-        <v>45</v>
+        <v>1312</v>
       </c>
       <c r="C136" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="D136" t="s">
-        <v>1310</v>
-[...3 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="E136"/>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
-        <v>726</v>
+        <v>381</v>
       </c>
       <c r="H136" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="I136" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="J136" t="s">
-        <v>1314</v>
+        <v>381</v>
       </c>
       <c r="K136" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="L136" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="M136" t="s">
-        <v>1317</v>
-[...2 lines deleted...]
-        <v>1318</v>
+        <v>1319</v>
+      </c>
+      <c r="N136">
+        <v>48963011</v>
       </c>
       <c r="O136"/>
       <c r="P136" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="Q136" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137" s="1">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B137" t="s">
-        <v>18</v>
+        <v>1312</v>
       </c>
       <c r="C137" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D137" t="s">
-        <v>125</v>
+        <v>629</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
-        <v>632</v>
+        <v>1323</v>
       </c>
       <c r="H137" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="I137" t="s">
+        <v>1325</v>
+      </c>
+      <c r="J137" t="s">
         <v>1323</v>
       </c>
-      <c r="J137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K137" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="L137" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="M137" t="s">
-        <v>1326</v>
-[...2 lines deleted...]
-        <v>1327</v>
+        <v>1328</v>
+      </c>
+      <c r="N137">
+        <v>75651262</v>
       </c>
       <c r="O137"/>
       <c r="P137" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="Q137" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138" s="1">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B138" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C138" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="D138" t="s">
-        <v>549</v>
+        <v>519</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="H138" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="I138" t="s">
-        <v>1332</v>
+        <v>106</v>
       </c>
       <c r="J138" t="s">
+        <v>104</v>
+      </c>
+      <c r="K138" t="s">
         <v>1333</v>
       </c>
-      <c r="K138" t="s">
+      <c r="L138" t="s">
         <v>1334</v>
       </c>
-      <c r="L138" t="s">
+      <c r="M138" t="s">
         <v>1335</v>
       </c>
-      <c r="M138" t="s">
-[...3 lines deleted...]
-        <v>1337</v>
+      <c r="N138">
+        <v>19355092</v>
       </c>
       <c r="O138"/>
       <c r="P138" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="Q138" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139" s="1">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B139" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C139" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="D139" t="s">
-        <v>357</v>
+        <v>325</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>34</v>
       </c>
       <c r="H139" t="s">
+        <v>1339</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1340</v>
+      </c>
+      <c r="J139" t="s">
+        <v>594</v>
+      </c>
+      <c r="K139" t="s">
         <v>1341</v>
       </c>
-      <c r="I139" t="s">
-[...5 lines deleted...]
-      <c r="K139" t="s">
+      <c r="L139" t="s">
         <v>1342</v>
       </c>
-      <c r="L139" t="s">
+      <c r="M139" t="s">
         <v>1343</v>
       </c>
-      <c r="M139" t="s">
-[...2 lines deleted...]
-      <c r="N139"/>
+      <c r="N139">
+        <v>76031497</v>
+      </c>
       <c r="O139"/>
       <c r="P139" t="s">
+        <v>1344</v>
+      </c>
+      <c r="Q139" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140" s="1">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B140" t="s">
-        <v>1347</v>
+        <v>56</v>
       </c>
       <c r="C140" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="D140" t="s">
-        <v>1349</v>
+        <v>325</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
-        <v>411</v>
+        <v>869</v>
       </c>
       <c r="H140" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I140" t="s">
+        <v>152</v>
+      </c>
+      <c r="J140" t="s">
+        <v>150</v>
+      </c>
+      <c r="K140" t="s">
+        <v>1348</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1349</v>
+      </c>
+      <c r="M140" t="s">
         <v>1350</v>
       </c>
-      <c r="I140" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N140">
-        <v>48963011</v>
+        <v>19362595</v>
       </c>
       <c r="O140"/>
       <c r="P140" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="Q140" t="s">
-        <v>1356</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141" s="1">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B141" t="s">
-        <v>1347</v>
+        <v>56</v>
       </c>
       <c r="C141" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="D141" t="s">
-        <v>659</v>
+        <v>1354</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1357</v>
+      </c>
+      <c r="J141" t="s">
+        <v>1355</v>
+      </c>
+      <c r="K141" t="s">
         <v>1358</v>
       </c>
-      <c r="H141" t="s">
+      <c r="L141" t="s">
         <v>1359</v>
       </c>
-      <c r="I141" t="s">
+      <c r="M141" t="s">
         <v>1360</v>
       </c>
-      <c r="J141" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N141">
-        <v>75651262</v>
+        <v>22339906</v>
       </c>
       <c r="O141"/>
       <c r="P141" t="s">
-        <v>1364</v>
+        <v>1361</v>
       </c>
       <c r="Q141" t="s">
-        <v>1365</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142" s="1">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B142" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C142" t="s">
-        <v>1366</v>
+        <v>1363</v>
       </c>
       <c r="D142" t="s">
-        <v>549</v>
+        <v>1364</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>126</v>
+        <v>549</v>
       </c>
       <c r="H142" t="s">
+        <v>1365</v>
+      </c>
+      <c r="I142" t="s">
+        <v>804</v>
+      </c>
+      <c r="J142" t="s">
+        <v>150</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1366</v>
+      </c>
+      <c r="L142" t="s">
         <v>1367</v>
       </c>
-      <c r="I142" t="s">
-[...5 lines deleted...]
-      <c r="K142" t="s">
+      <c r="M142" t="s">
         <v>1368</v>
       </c>
-      <c r="L142" t="s">
+      <c r="N142" t="s">
         <v>1369</v>
-      </c>
-[...4 lines deleted...]
-        <v>19355092</v>
       </c>
       <c r="O142"/>
       <c r="P142" t="s">
+        <v>1370</v>
+      </c>
+      <c r="Q142" t="s">
         <v>1371</v>
-      </c>
-[...1 lines deleted...]
-        <v>1372</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143" s="1">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B143" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C143" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D143" t="s">
         <v>1373</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>34</v>
+        <v>1374</v>
       </c>
       <c r="H143" t="s">
+        <v>1375</v>
+      </c>
+      <c r="I143">
+        <v>69105</v>
+      </c>
+      <c r="J143" t="s">
         <v>1374</v>
-      </c>
-[...4 lines deleted...]
-        <v>624</v>
       </c>
       <c r="K143" t="s">
         <v>1376</v>
       </c>
       <c r="L143" t="s">
         <v>1377</v>
       </c>
       <c r="M143" t="s">
         <v>1378</v>
       </c>
-      <c r="N143">
-        <v>76031497</v>
+      <c r="N143" t="s">
+        <v>1379</v>
       </c>
       <c r="O143"/>
       <c r="P143" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="Q143" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144" s="1">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B144" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C144" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="D144" t="s">
-        <v>357</v>
+        <v>1383</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
-        <v>897</v>
+        <v>688</v>
       </c>
       <c r="H144" t="s">
-        <v>1382</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>1384</v>
+      </c>
+      <c r="I144">
+        <v>14000</v>
       </c>
       <c r="J144" t="s">
-        <v>172</v>
+        <v>336</v>
       </c>
       <c r="K144" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="L144" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="M144" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="N144">
-        <v>19362595</v>
+        <v>23939087</v>
       </c>
       <c r="O144"/>
       <c r="P144" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="Q144" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="145" spans="1:17">
-      <c r="A145" s="1">
-[...45 lines deleted...]
-      </c>
+      <c r="A145" s="1"/>
     </row>
     <row r="146" spans="1:17">
-      <c r="A146" s="1">
-[...45 lines deleted...]
-      </c>
+      <c r="A146" s="1"/>
     </row>
     <row r="147" spans="1:17">
       <c r="A147" s="1"/>
     </row>
     <row r="148" spans="1:17">
       <c r="A148" s="1"/>
     </row>
     <row r="149" spans="1:17">
       <c r="A149" s="1"/>
     </row>
     <row r="150" spans="1:17">
       <c r="A150" s="1"/>
     </row>
     <row r="151" spans="1:17">
       <c r="A151" s="1"/>
     </row>
     <row r="152" spans="1:17">
       <c r="A152" s="1"/>
     </row>
     <row r="153" spans="1:17">
       <c r="A153" s="1"/>
     </row>
     <row r="154" spans="1:17">
       <c r="A154" s="1"/>
     </row>